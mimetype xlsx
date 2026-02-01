--- v0 (2025-12-05)
+++ v1 (2026-02-01)
@@ -29,159 +29,159 @@
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="61" uniqueCount="61">
   <si>
     <t>№</t>
   </si>
   <si>
     <t>XXXII сесія VIII скликання</t>
   </si>
   <si>
     <t>Калуська міська рада</t>
   </si>
   <si>
     <t>Результат</t>
   </si>
   <si>
     <t>Голоси</t>
   </si>
   <si>
     <t>Боднарчук Роман Михайлович</t>
   </si>
   <si>
+    <t>Гаврилишин Михайло Богданович</t>
+  </si>
+  <si>
+    <t>Нижник Олег Богданович</t>
+  </si>
+  <si>
+    <t>Вагілевич Василь Миколайович</t>
+  </si>
+  <si>
+    <t>Найда Андрій Михайлович</t>
+  </si>
+  <si>
+    <t>Тимків Володимир Ярославович</t>
+  </si>
+  <si>
+    <t>Шутяк Оксана Богданівна</t>
+  </si>
+  <si>
+    <t>Онуфрик Любомир Ярославович</t>
+  </si>
+  <si>
+    <t>Куц Сергій Леонідович</t>
+  </si>
+  <si>
+    <t>Білінський Петро Степанович</t>
+  </si>
+  <si>
     <t>Барнич Тарас Ярославович</t>
   </si>
   <si>
     <t>Бербець Віктор Густавович</t>
   </si>
   <si>
     <t>Білоус Інна Петрівна</t>
   </si>
   <si>
     <t>Вайда Руслана Богданівна</t>
   </si>
   <si>
     <t>Вальнюк Дмитро Мирославович</t>
   </si>
   <si>
     <t>Галайда Богдана Ігорівна</t>
   </si>
   <si>
     <t>Гільтайчук Віктор Вікторович</t>
   </si>
   <si>
     <t>Гук Оксана Володимирівна</t>
   </si>
   <si>
-    <t>Гаврилишин Михайло Богданович</t>
+    <t>Дзундза Василь Степанович</t>
+  </si>
+  <si>
+    <t>Кирилович Леся Омелянівна</t>
+  </si>
+  <si>
+    <t>Коваль Олександр Михайлович</t>
+  </si>
+  <si>
+    <t>Мазурик Іван Іванович</t>
+  </si>
+  <si>
+    <t>Матківська Галина Ярославівна</t>
+  </si>
+  <si>
+    <t>Мицак Олександр Анатолійович</t>
+  </si>
+  <si>
+    <t>Мороз Федір Григорович</t>
+  </si>
+  <si>
+    <t>Очкур Ірина Григорівна</t>
+  </si>
+  <si>
+    <t>Павлів Ірина Василівна</t>
+  </si>
+  <si>
+    <t>Погинайко Юрій Павлович</t>
+  </si>
+  <si>
+    <t>Полянська Наталія Євгенівна</t>
+  </si>
+  <si>
+    <t>Попельницька Алла Володимирівна</t>
   </si>
   <si>
     <t>Савчук Оксана Ігорівна</t>
   </si>
   <si>
-    <t>Полянська Наталія Євгенівна</t>
-[...11 lines deleted...]
-    <t>Павлів Ірина Василівна</t>
+    <t>Сікора Ольга Мирославівна</t>
+  </si>
+  <si>
+    <t>Соколовський Олександр Дмитрович</t>
+  </si>
+  <si>
+    <t>Чепіль Петро Михайлович</t>
+  </si>
+  <si>
+    <t>Шийко Сергій Іванович</t>
+  </si>
+  <si>
+    <t>Кінаш Ярослав Петрович</t>
   </si>
   <si>
     <t>Білецька Ольга Зіновіївна</t>
   </si>
   <si>
     <t>Полицький Володимир Михайлович</t>
-  </si>
-[...58 lines deleted...]
-    <t>Кінаш Ярослав Петрович</t>
   </si>
   <si>
     <t>06.09.22  16:10:23</t>
   </si>
   <si>
     <t>В цілому</t>
   </si>
   <si>
     <t>ПРИЙНЯТО</t>
   </si>
   <si>
     <t>За: 24</t>
   </si>
   <si>
     <t>Проти: 0</t>
   </si>
   <si>
     <t>Утримались: 0</t>
   </si>
   <si>
     <t>За</t>
   </si>
   <si>
     <t>Відсут.</t>
   </si>
@@ -306,52 +306,52 @@
     <col min="20" max="20" width="15"/>
     <col min="21" max="21" width="15"/>
     <col min="22" max="22" width="15"/>
     <col min="23" max="23" width="15"/>
     <col min="24" max="24" width="15"/>
     <col min="25" max="25" width="15"/>
     <col min="26" max="26" width="15"/>
     <col min="27" max="27" width="15"/>
     <col min="28" max="28" width="15"/>
     <col min="29" max="29" width="15"/>
     <col min="30" max="30" width="15"/>
     <col min="31" max="31" width="15"/>
     <col min="32" max="32" width="15"/>
     <col min="33" max="33" width="15"/>
     <col min="34" max="34" width="15"/>
     <col min="35" max="35" width="15"/>
     <col min="36" max="36" width="15"/>
     <col min="37" max="37" width="15"/>
     <col min="38" max="38" width="15"/>
     <col min="39" max="39" width="15"/>
     <col min="40" max="40" width="15"/>
     <col min="41" max="41" width="15"/>
     <col min="42" max="42" width="15"/>
     <col min="43" max="43" width="15"/>
     <col min="44" max="44" width="15"/>
-    <col min="45" max="45" width="41"/>
-    <col min="46" max="46" width="43"/>
+    <col min="45" max="45" width="49"/>
+    <col min="46" max="46" width="59"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="s" s="2">
         <v>0</v>
       </c>
       <c r="B1" t="s" s="3">
         <v>1</v>
       </c>
       <c r="C1" t="s" s="2">
         <v>2</v>
       </c>
       <c r="D1" t="s" s="2">
         <v>3</v>
       </c>
       <c r="E1"/>
       <c r="F1" t="s" s="2">
         <v>4</v>
       </c>
       <c r="G1"/>
       <c r="H1"/>
       <c r="I1" t="s" s="3">
         <v>5</v>
       </c>
       <c r="J1" t="s" s="3">
@@ -481,701 +481,701 @@
       <c r="D2" t="s">
         <v>44</v>
       </c>
       <c r="E2" t="s">
         <v>45</v>
       </c>
       <c r="F2" t="s">
         <v>46</v>
       </c>
       <c r="G2" t="s">
         <v>47</v>
       </c>
       <c r="H2" t="s">
         <v>48</v>
       </c>
       <c r="I2" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J2" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K2" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L2" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="M2" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="N2" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="O2" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="P2" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="Q2" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="R2" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S2" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T2" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="U2" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="V2" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="W2" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="X2" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="Y2" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="Z2" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="AA2" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="AB2" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC2" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="AD2" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AE2" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF2" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="AG2" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="AH2" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="AI2" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ2" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AK2" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AL2" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AM2" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AN2" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="AO2" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="AP2" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="AQ2" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR2" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS2" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT2" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
     </row>
     <row r="3">
       <c r="A3">
         <v>2</v>
       </c>
       <c r="B3" t="s">
         <v>51</v>
       </c>
       <c r="C3" t="inlineStr" s="4">
         <is>
           <t>7285Про затвердження технічної документації  із землеустрою щодо встановлення  (відновлення) меж земельної ділянки в натурі (на місцевості) та надання в оренду ТОВ “АКВАІЗОЛ”</t>
         </is>
       </c>
       <c r="D3" t="s">
         <v>44</v>
       </c>
       <c r="E3" t="s">
         <v>45</v>
       </c>
       <c r="F3" t="s">
         <v>46</v>
       </c>
       <c r="G3" t="s">
         <v>47</v>
       </c>
       <c r="H3" t="s">
         <v>48</v>
       </c>
       <c r="I3" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J3" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K3" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L3" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="M3" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="N3" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="O3" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="P3" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="Q3" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="R3" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S3" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T3" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="U3" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="V3" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="W3" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="X3" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="Y3" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="Z3" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="AA3" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="AB3" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC3" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="AD3" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AE3" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF3" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="AG3" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="AH3" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="AI3" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ3" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AK3" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AL3" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AM3" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AN3" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="AO3" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="AP3" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="AQ3" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR3" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS3" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT3" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
     </row>
     <row r="4">
       <c r="A4">
         <v>3</v>
       </c>
       <c r="B4" t="s">
         <v>52</v>
       </c>
       <c r="C4" t="s" s="4">
         <v>53</v>
       </c>
       <c r="D4" t="s">
         <v>44</v>
       </c>
       <c r="E4" t="s">
         <v>45</v>
       </c>
       <c r="F4" t="s">
         <v>46</v>
       </c>
       <c r="G4" t="s">
         <v>47</v>
       </c>
       <c r="H4" t="s">
         <v>48</v>
       </c>
       <c r="I4" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J4" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K4" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L4" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="M4" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="N4" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="O4" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="P4" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="Q4" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="R4" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S4" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T4" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="U4" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="V4" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="W4" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="X4" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="Y4" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="Z4" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="AA4" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="AB4" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC4" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="AD4" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AE4" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF4" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="AG4" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="AH4" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="AI4" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ4" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AK4" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AL4" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AM4" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AN4" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="AO4" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="AP4" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="AQ4" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR4" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS4" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT4" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
     </row>
     <row r="5">
       <c r="A5">
         <v>4</v>
       </c>
       <c r="B5" t="s">
         <v>54</v>
       </c>
       <c r="C5" t="inlineStr" s="4">
         <is>
           <t>7287Про припинення договору оренди землі, затвердження технічної документації  із  землеустрою щодо поділу земельної ділянки та надання в оренду земельних ділянок ТОВ «КАРПАТНАФТОХІМ»</t>
         </is>
       </c>
       <c r="D5" t="s">
         <v>44</v>
       </c>
       <c r="E5" t="s">
         <v>45</v>
       </c>
       <c r="F5" t="s">
         <v>46</v>
       </c>
       <c r="G5" t="s">
         <v>47</v>
       </c>
       <c r="H5" t="s">
         <v>48</v>
       </c>
       <c r="I5" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J5" t="s" s="5">
         <v>49</v>
       </c>
       <c r="K5" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L5" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="M5" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="N5" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="O5" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="P5" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="Q5" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="R5" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S5" t="s" s="5">
         <v>49</v>
       </c>
       <c r="T5" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="U5" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="V5" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="W5" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="X5" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="Y5" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="Z5" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="AA5" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="AB5" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AC5" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="AD5" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AE5" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF5" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="AG5" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="AH5" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="AI5" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ5" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AK5" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AL5" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AM5" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AN5" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="AO5" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="AP5" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="AQ5" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AR5" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS5" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AT5" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
     </row>
     <row r="6">
       <c r="A6"/>
       <c r="B6"/>
       <c r="C6"/>
       <c r="D6"/>
       <c r="E6"/>
       <c r="F6"/>
       <c r="G6"/>
       <c r="H6"/>
       <c r="I6" t="s">
         <v>55</v>
       </c>
       <c r="J6" t="s">
         <v>55</v>
       </c>
       <c r="K6" t="s">
         <v>55</v>
       </c>
       <c r="L6" t="s">
+        <v>55</v>
+      </c>
+      <c r="M6" t="s">
+        <v>55</v>
+      </c>
+      <c r="N6" t="s">
         <v>56</v>
       </c>
-      <c r="M6" t="s">
+      <c r="O6" t="s">
         <v>56</v>
       </c>
-      <c r="N6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="P6" t="s">
+        <v>55</v>
+      </c>
+      <c r="Q6" t="s">
+        <v>55</v>
+      </c>
+      <c r="R6" t="s">
+        <v>55</v>
+      </c>
+      <c r="S6" t="s">
+        <v>55</v>
+      </c>
+      <c r="T6" t="s">
+        <v>55</v>
+      </c>
+      <c r="U6" t="s">
         <v>56</v>
       </c>
-      <c r="Q6" t="s">
+      <c r="V6" t="s">
         <v>56</v>
       </c>
-      <c r="R6" t="s">
-[...5 lines deleted...]
-      <c r="T6" t="s">
+      <c r="W6" t="s">
+        <v>55</v>
+      </c>
+      <c r="X6" t="s">
+        <v>55</v>
+      </c>
+      <c r="Y6" t="s">
         <v>56</v>
       </c>
-      <c r="U6" t="s">
-[...5 lines deleted...]
-      <c r="W6" t="s">
+      <c r="Z6" t="s">
         <v>56</v>
       </c>
-      <c r="X6" t="s">
+      <c r="AA6" t="s">
+        <v>55</v>
+      </c>
+      <c r="AB6" t="s">
+        <v>55</v>
+      </c>
+      <c r="AC6" t="s">
         <v>56</v>
-      </c>
-[...13 lines deleted...]
-        <v>55</v>
       </c>
       <c r="AD6" t="s">
         <v>55</v>
       </c>
       <c r="AE6" t="s">
         <v>56</v>
       </c>
       <c r="AF6" t="s">
+        <v>55</v>
+      </c>
+      <c r="AG6" t="s">
+        <v>55</v>
+      </c>
+      <c r="AH6" t="s">
         <v>56</v>
-      </c>
-[...4 lines deleted...]
-        <v>55</v>
       </c>
       <c r="AI6" t="s">
         <v>56</v>
       </c>
       <c r="AJ6" t="s">
         <v>55</v>
       </c>
       <c r="AK6" t="s">
         <v>56</v>
       </c>
       <c r="AL6" t="s">
         <v>55</v>
       </c>
       <c r="AM6" t="s">
         <v>55</v>
       </c>
       <c r="AN6" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="AO6" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="AP6" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="AQ6" t="s">
         <v>55</v>
       </c>
       <c r="AR6" t="s">
         <v>56</v>
       </c>
       <c r="AS6" t="s">
         <v>55</v>
       </c>
       <c r="AT6" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
     </row>
     <row r="7">
       <c r="A7"/>
       <c r="B7"/>
       <c r="C7"/>
       <c r="D7"/>
       <c r="E7"/>
       <c r="F7"/>
       <c r="G7"/>
       <c r="H7"/>
       <c r="I7" t="s">
         <v>47</v>
       </c>
       <c r="J7" t="s">
         <v>47</v>
       </c>
       <c r="K7" t="s">
         <v>47</v>
       </c>
       <c r="L7" t="s">
         <v>47</v>
       </c>
       <c r="M7" t="s">
         <v>47</v>
@@ -1525,153 +1525,153 @@
         <v>58</v>
       </c>
       <c r="AT9" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="10">
       <c r="A10"/>
       <c r="B10"/>
       <c r="C10"/>
       <c r="D10"/>
       <c r="E10"/>
       <c r="F10"/>
       <c r="G10"/>
       <c r="H10"/>
       <c r="I10" t="s">
         <v>59</v>
       </c>
       <c r="J10" t="s">
         <v>59</v>
       </c>
       <c r="K10" t="s">
         <v>59</v>
       </c>
       <c r="L10" t="s">
+        <v>59</v>
+      </c>
+      <c r="M10" t="s">
+        <v>59</v>
+      </c>
+      <c r="N10" t="s">
         <v>60</v>
       </c>
-      <c r="M10" t="s">
+      <c r="O10" t="s">
         <v>60</v>
       </c>
-      <c r="N10" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="P10" t="s">
+        <v>59</v>
+      </c>
+      <c r="Q10" t="s">
+        <v>59</v>
+      </c>
+      <c r="R10" t="s">
+        <v>59</v>
+      </c>
+      <c r="S10" t="s">
+        <v>59</v>
+      </c>
+      <c r="T10" t="s">
+        <v>59</v>
+      </c>
+      <c r="U10" t="s">
         <v>60</v>
       </c>
-      <c r="Q10" t="s">
+      <c r="V10" t="s">
         <v>60</v>
       </c>
-      <c r="R10" t="s">
-[...5 lines deleted...]
-      <c r="T10" t="s">
+      <c r="W10" t="s">
+        <v>59</v>
+      </c>
+      <c r="X10" t="s">
+        <v>59</v>
+      </c>
+      <c r="Y10" t="s">
         <v>60</v>
       </c>
-      <c r="U10" t="s">
-[...5 lines deleted...]
-      <c r="W10" t="s">
+      <c r="Z10" t="s">
         <v>60</v>
       </c>
-      <c r="X10" t="s">
+      <c r="AA10" t="s">
+        <v>59</v>
+      </c>
+      <c r="AB10" t="s">
+        <v>59</v>
+      </c>
+      <c r="AC10" t="s">
         <v>60</v>
-      </c>
-[...13 lines deleted...]
-        <v>59</v>
       </c>
       <c r="AD10" t="s">
         <v>59</v>
       </c>
       <c r="AE10" t="s">
         <v>60</v>
       </c>
       <c r="AF10" t="s">
+        <v>59</v>
+      </c>
+      <c r="AG10" t="s">
+        <v>59</v>
+      </c>
+      <c r="AH10" t="s">
         <v>60</v>
-      </c>
-[...4 lines deleted...]
-        <v>59</v>
       </c>
       <c r="AI10" t="s">
         <v>60</v>
       </c>
       <c r="AJ10" t="s">
         <v>59</v>
       </c>
       <c r="AK10" t="s">
         <v>60</v>
       </c>
       <c r="AL10" t="s">
         <v>59</v>
       </c>
       <c r="AM10" t="s">
         <v>59</v>
       </c>
       <c r="AN10" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="AO10" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="AP10" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="AQ10" t="s">
         <v>59</v>
       </c>
       <c r="AR10" t="s">
         <v>60</v>
       </c>
       <c r="AS10" t="s">
         <v>59</v>
       </c>
       <c r="AT10" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="D1:E1"/>
     <mergeCell ref="F1:H1"/>
   </mergeCells>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>SimpleXLSXGen</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:language>en-US</dc:language>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>