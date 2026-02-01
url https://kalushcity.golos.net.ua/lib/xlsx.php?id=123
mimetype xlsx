--- v0 (2025-12-05)
+++ v1 (2026-02-01)
@@ -29,155 +29,155 @@
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="87" uniqueCount="87">
   <si>
     <t>№</t>
   </si>
   <si>
     <t>XLIX сесія VIII скликання</t>
   </si>
   <si>
     <t>Калуська міська рада</t>
   </si>
   <si>
     <t>Результат</t>
   </si>
   <si>
     <t>Голоси</t>
   </si>
   <si>
     <t>Боднарчук Роман Михайлович</t>
   </si>
   <si>
+    <t>Гаврилишин Михайло Богданович</t>
+  </si>
+  <si>
+    <t>Нижник Олег Богданович</t>
+  </si>
+  <si>
+    <t>Вагілевич Василь Миколайович</t>
+  </si>
+  <si>
+    <t>Найда Андрій Михайлович</t>
+  </si>
+  <si>
+    <t>Шутяк Оксана Богданівна</t>
+  </si>
+  <si>
+    <t>Онуфрик Любомир Ярославович</t>
+  </si>
+  <si>
+    <t>Куц Сергій Леонідович</t>
+  </si>
+  <si>
+    <t>Білінський Петро Степанович</t>
+  </si>
+  <si>
     <t>Барнич Тарас Ярославович</t>
   </si>
   <si>
     <t>Бербець Віктор Густавович</t>
   </si>
   <si>
     <t>Білоус Інна Петрівна</t>
   </si>
   <si>
     <t>Вайда Руслана Богданівна</t>
   </si>
   <si>
     <t>Вальнюк Дмитро Мирославович</t>
   </si>
   <si>
     <t>Галайда Богдана Ігорівна</t>
   </si>
   <si>
     <t>Гільтайчук Віктор Вікторович</t>
   </si>
   <si>
     <t>Гук Оксана Володимирівна</t>
   </si>
   <si>
-    <t>Гаврилишин Михайло Богданович</t>
+    <t>Дзундза Василь Степанович</t>
+  </si>
+  <si>
+    <t>Кирилович Леся Омелянівна</t>
+  </si>
+  <si>
+    <t>Мазурик Іван Іванович</t>
+  </si>
+  <si>
+    <t>Матківська Галина Ярославівна</t>
+  </si>
+  <si>
+    <t>Мицак Олександр Анатолійович</t>
+  </si>
+  <si>
+    <t>Мороз Федір Григорович</t>
+  </si>
+  <si>
+    <t>Очкур Ірина Григорівна</t>
+  </si>
+  <si>
+    <t>Павлів Ірина Василівна</t>
+  </si>
+  <si>
+    <t>Погинайко Юрій Павлович</t>
+  </si>
+  <si>
+    <t>Полянська Наталія Євгенівна</t>
+  </si>
+  <si>
+    <t>Попельницька Алла Володимирівна</t>
   </si>
   <si>
     <t>Савчук Оксана Ігорівна</t>
   </si>
   <si>
-    <t>Полянська Наталія Євгенівна</t>
-[...11 lines deleted...]
-    <t>Павлів Ірина Василівна</t>
+    <t>Сікора Ольга Мирославівна</t>
+  </si>
+  <si>
+    <t>Соколовський Олександр Дмитрович</t>
+  </si>
+  <si>
+    <t>Чепіль Петро Михайлович</t>
+  </si>
+  <si>
+    <t>Шийко Сергій Іванович</t>
+  </si>
+  <si>
+    <t>Кінаш Ярослав Петрович</t>
   </si>
   <si>
     <t>Білецька Ольга Зіновіївна</t>
   </si>
   <si>
     <t>Полицький Володимир Михайлович</t>
   </si>
   <si>
-    <t>Соколовський Олександр Дмитрович</t>
-[...52 lines deleted...]
-  <si>
     <t>Табачук Наталія Титівна</t>
   </si>
   <si>
     <t>Федоришин Святослав Ігорович</t>
   </si>
   <si>
     <t>Смолянський Олександр Анатолійович</t>
   </si>
   <si>
     <t>22.08.23  16:11:12</t>
   </si>
   <si>
     <t>В цілому</t>
   </si>
   <si>
     <t>ПРИЙНЯТО</t>
   </si>
   <si>
     <t>За: 25</t>
   </si>
   <si>
     <t>Проти: 0</t>
   </si>
   <si>
     <t>Утримались: 0</t>
@@ -239,57 +239,57 @@
   <si>
     <t>За: 12</t>
   </si>
   <si>
     <t>Проти: 1</t>
   </si>
   <si>
     <t>Утримались: 6</t>
   </si>
   <si>
     <t>Проти</t>
   </si>
   <si>
     <t>22.08.23  16:23:23</t>
   </si>
   <si>
     <t>За: 22</t>
   </si>
   <si>
     <t>Утримались: 2</t>
   </si>
   <si>
     <t>За: 8</t>
   </si>
   <si>
+    <t>За: 6</t>
+  </si>
+  <si>
     <t>За: 0</t>
   </si>
   <si>
     <t>За: 7</t>
-  </si>
-[...1 lines deleted...]
-    <t>За: 6</t>
   </si>
   <si>
     <t>За: 5</t>
   </si>
   <si>
     <t>Утр.: 0</t>
   </si>
   <si>
     <t>Утр.: 1</t>
   </si>
   <si>
     <t>Не голос.: 0</t>
   </si>
   <si>
     <t>Не голос.: 1</t>
   </si>
   <si>
     <t>Відсут.: 0</t>
   </si>
   <si>
     <t>Відсут.: 8</t>
   </si>
   <si>
     <t>Відсут.: 3</t>
   </si>
@@ -557,1358 +557,1358 @@
       </c>
       <c r="C2" t="inlineStr" s="4">
         <is>
           <t>8408Про присвоєння звання «Почесний громадянин Калуської міської територіальної громади»</t>
         </is>
       </c>
       <c r="D2" t="s">
         <v>45</v>
       </c>
       <c r="E2" t="s">
         <v>46</v>
       </c>
       <c r="F2" t="s">
         <v>47</v>
       </c>
       <c r="G2" t="s">
         <v>48</v>
       </c>
       <c r="H2" t="s">
         <v>49</v>
       </c>
       <c r="I2" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J2" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="K2" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="L2" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="M2" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="N2" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="O2" t="s" s="5">
         <v>50</v>
       </c>
       <c r="P2" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q2" t="s" s="5">
         <v>51</v>
       </c>
       <c r="R2" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="S2" t="s" s="5">
         <v>50</v>
       </c>
       <c r="T2" t="s" s="5">
         <v>50</v>
       </c>
       <c r="U2" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="V2" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="W2" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X2" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Y2" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Z2" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA2" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AB2" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AC2" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AD2" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AE2" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AF2" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AG2" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH2" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AI2" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ2" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AK2" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AL2" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AM2" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AN2" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO2" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AP2" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ2" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AR2" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS2" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT2" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU2" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="3">
       <c r="A3">
         <v>2</v>
       </c>
       <c r="B3" t="s">
         <v>52</v>
       </c>
       <c r="C3" t="s" s="4">
         <v>53</v>
       </c>
       <c r="D3" t="s">
         <v>45</v>
       </c>
       <c r="E3" t="s">
         <v>46</v>
       </c>
       <c r="F3" t="s">
         <v>54</v>
       </c>
       <c r="G3" t="s">
         <v>48</v>
       </c>
       <c r="H3" t="s">
         <v>55</v>
       </c>
       <c r="I3" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J3" t="s" s="5">
-        <v>51</v>
+        <v>56</v>
       </c>
       <c r="K3" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="L3" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="M3" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="N3" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="O3" t="s" s="5">
         <v>50</v>
       </c>
       <c r="P3" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q3" t="s" s="5">
         <v>51</v>
       </c>
       <c r="R3" t="s" s="5">
-        <v>56</v>
+        <v>51</v>
       </c>
       <c r="S3" t="s" s="5">
         <v>50</v>
       </c>
       <c r="T3" t="s" s="5">
         <v>50</v>
       </c>
       <c r="U3" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="V3" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="W3" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X3" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Y3" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Z3" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA3" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AB3" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AC3" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AD3" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AE3" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AF3" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AG3" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH3" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AI3" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ3" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AK3" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AL3" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AM3" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AN3" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO3" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AP3" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ3" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AR3" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS3" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT3" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU3" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="4">
       <c r="A4">
         <v>3</v>
       </c>
       <c r="B4" t="s">
         <v>57</v>
       </c>
       <c r="C4" t="inlineStr" s="4">
         <is>
           <t>8410Про зміну підпорядкування ДИТЯЧО-ЮНАЦЬКОЇ СПОРТИВНОЇ ШКОЛИ КАЛУСЬКОЇ МІСЬКОЇ РАДИ ІВАНО-ФРАНКІВСЬКОЇ ОБЛАСТІ</t>
         </is>
       </c>
       <c r="D4" t="s">
         <v>45</v>
       </c>
       <c r="E4" t="s">
         <v>46</v>
       </c>
       <c r="F4" t="s">
         <v>54</v>
       </c>
       <c r="G4" t="s">
         <v>48</v>
       </c>
       <c r="H4" t="s">
         <v>49</v>
       </c>
       <c r="I4" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J4" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="K4" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="L4" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="M4" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="N4" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="O4" t="s" s="5">
         <v>50</v>
       </c>
       <c r="P4" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q4" t="s" s="5">
         <v>51</v>
       </c>
       <c r="R4" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="S4" t="s" s="5">
         <v>50</v>
       </c>
       <c r="T4" t="s" s="5">
         <v>50</v>
       </c>
       <c r="U4" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="V4" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="W4" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X4" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Y4" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Z4" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA4" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AB4" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AC4" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AD4" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AE4" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AF4" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AG4" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH4" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AI4" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ4" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AK4" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AL4" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AM4" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AN4" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO4" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AP4" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ4" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AR4" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS4" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT4" t="s" s="5">
         <v>58</v>
       </c>
       <c r="AU4" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="5">
       <c r="A5">
         <v>4</v>
       </c>
       <c r="B5" t="s">
         <v>59</v>
       </c>
       <c r="C5" t="inlineStr" s="4">
         <is>
           <t>8411Про затвердження Програми виділення коштів із бюджету Калуської міської територіальної громади на сплату податкового боргу КП «Водотеплосервіс» на 2023 рік</t>
         </is>
       </c>
       <c r="D5" t="s">
         <v>45</v>
       </c>
       <c r="E5" t="s">
         <v>46</v>
       </c>
       <c r="F5" t="s">
         <v>60</v>
       </c>
       <c r="G5" t="s">
         <v>48</v>
       </c>
       <c r="H5" t="s">
         <v>49</v>
       </c>
       <c r="I5" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J5" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="K5" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="L5" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="M5" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="N5" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="O5" t="s" s="5">
         <v>50</v>
       </c>
       <c r="P5" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q5" t="s" s="5">
         <v>51</v>
       </c>
       <c r="R5" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="S5" t="s" s="5">
         <v>50</v>
       </c>
       <c r="T5" t="s" s="5">
         <v>50</v>
       </c>
       <c r="U5" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="V5" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="W5" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X5" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Y5" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Z5" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA5" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AB5" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AC5" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AD5" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE5" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AF5" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AG5" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH5" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AI5" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ5" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AK5" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AL5" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AM5" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AN5" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO5" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AP5" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ5" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AR5" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS5" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT5" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU5" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="6">
       <c r="A6">
         <v>5</v>
       </c>
       <c r="B6" t="s">
         <v>61</v>
       </c>
       <c r="C6" t="inlineStr" s="4">
         <is>
           <t>8412Про внесення змін до «Програми профілактики злочинності, співробітництва із силовими структурами та громадськими формуваннями на 2023-2025 роки»</t>
         </is>
       </c>
       <c r="D6" t="s">
         <v>45</v>
       </c>
       <c r="E6" t="s">
         <v>46</v>
       </c>
       <c r="F6" t="s">
         <v>60</v>
       </c>
       <c r="G6" t="s">
         <v>48</v>
       </c>
       <c r="H6" t="s">
         <v>49</v>
       </c>
       <c r="I6" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J6" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="K6" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="L6" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="M6" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="N6" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="O6" t="s" s="5">
         <v>50</v>
       </c>
       <c r="P6" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q6" t="s" s="5">
         <v>51</v>
       </c>
       <c r="R6" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="S6" t="s" s="5">
         <v>50</v>
       </c>
       <c r="T6" t="s" s="5">
         <v>50</v>
       </c>
       <c r="U6" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="V6" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="W6" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X6" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Y6" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Z6" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA6" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AB6" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AC6" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AD6" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE6" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AF6" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AG6" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH6" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AI6" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ6" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AK6" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AL6" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AM6" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AN6" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO6" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AP6" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ6" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AR6" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS6" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT6" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU6" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="7">
       <c r="A7">
         <v>6</v>
       </c>
       <c r="B7" t="s">
         <v>62</v>
       </c>
       <c r="C7" t="inlineStr" s="4">
         <is>
           <t>8413Про внесення змін до бюджету Калуської міської територіальної громади на 2023 рік (код бюджету 0953100000)</t>
         </is>
       </c>
       <c r="D7" t="s">
         <v>63</v>
       </c>
       <c r="E7" t="s">
         <v>46</v>
       </c>
       <c r="F7" t="s">
         <v>60</v>
       </c>
       <c r="G7" t="s">
         <v>48</v>
       </c>
       <c r="H7" t="s">
         <v>49</v>
       </c>
       <c r="I7" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J7" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="K7" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="L7" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="M7" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="N7" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="O7" t="s" s="5">
         <v>50</v>
       </c>
       <c r="P7" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q7" t="s" s="5">
         <v>51</v>
       </c>
       <c r="R7" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="S7" t="s" s="5">
         <v>50</v>
       </c>
       <c r="T7" t="s" s="5">
         <v>50</v>
       </c>
       <c r="U7" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="V7" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="W7" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X7" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Y7" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Z7" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA7" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AB7" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AC7" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AD7" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE7" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AF7" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AG7" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH7" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AI7" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ7" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AK7" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AL7" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AM7" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AN7" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO7" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AP7" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ7" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AR7" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS7" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT7" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU7" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="8">
       <c r="A8">
         <v>7</v>
       </c>
       <c r="B8" t="s">
         <v>64</v>
       </c>
       <c r="C8" t="s" s="4">
         <v>65</v>
       </c>
       <c r="D8" t="s">
         <v>66</v>
       </c>
       <c r="E8" t="s">
         <v>67</v>
       </c>
       <c r="F8" t="s">
         <v>68</v>
       </c>
       <c r="G8" t="s">
         <v>69</v>
       </c>
       <c r="H8" t="s">
         <v>70</v>
       </c>
       <c r="I8" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J8" t="s" s="5">
-        <v>51</v>
+        <v>58</v>
       </c>
       <c r="K8" t="s" s="5">
-        <v>56</v>
+        <v>51</v>
       </c>
       <c r="L8" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="M8" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="N8" t="s" s="5">
-        <v>56</v>
+        <v>51</v>
       </c>
       <c r="O8" t="s" s="5">
-        <v>56</v>
+        <v>50</v>
       </c>
       <c r="P8" t="s" s="5">
-        <v>71</v>
+        <v>50</v>
       </c>
       <c r="Q8" t="s" s="5">
         <v>51</v>
       </c>
       <c r="R8" t="s" s="5">
-        <v>58</v>
+        <v>51</v>
       </c>
       <c r="S8" t="s" s="5">
         <v>56</v>
       </c>
       <c r="T8" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="U8" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="V8" t="s" s="5">
+        <v>56</v>
+      </c>
+      <c r="W8" t="s" s="5">
+        <v>56</v>
+      </c>
+      <c r="X8" t="s" s="5">
+        <v>71</v>
+      </c>
+      <c r="Y8" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="Z8" t="s" s="5">
         <v>58</v>
       </c>
-      <c r="U8" t="s" s="5">
-[...8 lines deleted...]
-      <c r="X8" t="s" s="5">
+      <c r="AA8" t="s" s="5">
+        <v>58</v>
+      </c>
+      <c r="AB8" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="AC8" t="s" s="5">
+        <v>58</v>
+      </c>
+      <c r="AD8" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AE8" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="AF8" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AG8" t="s" s="5">
         <v>56</v>
       </c>
-      <c r="Y8" t="s" s="5">
-[...23 lines deleted...]
-      <c r="AG8" t="s" s="5">
+      <c r="AH8" t="s" s="5">
         <v>58</v>
-      </c>
-[...1 lines deleted...]
-        <v>51</v>
       </c>
       <c r="AI8" t="s" s="5">
         <v>58</v>
       </c>
       <c r="AJ8" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AK8" t="s" s="5">
-        <v>50</v>
+        <v>56</v>
       </c>
       <c r="AL8" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AM8" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="AN8" t="s" s="5">
+        <v>56</v>
+      </c>
+      <c r="AO8" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="AP8" t="s" s="5">
         <v>58</v>
       </c>
-      <c r="AN8" t="s" s="5">
-[...7 lines deleted...]
-      </c>
       <c r="AQ8" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AR8" t="s" s="5">
-        <v>58</v>
+        <v>50</v>
       </c>
       <c r="AS8" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT8" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU8" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="9">
       <c r="A9">
         <v>8</v>
       </c>
       <c r="B9" t="s">
         <v>72</v>
       </c>
       <c r="C9" t="inlineStr" s="4">
         <is>
           <t>8415Про внесення змін до бюджету Калуської міської територіальної громади на 2023 рік (код бюджету 0953100000)</t>
         </is>
       </c>
       <c r="D9" t="s">
         <v>45</v>
       </c>
       <c r="E9" t="s">
         <v>46</v>
       </c>
       <c r="F9" t="s">
         <v>73</v>
       </c>
       <c r="G9" t="s">
         <v>48</v>
       </c>
       <c r="H9" t="s">
         <v>74</v>
       </c>
       <c r="I9" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J9" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="K9" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="L9" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="M9" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="N9" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="O9" t="s" s="5">
         <v>50</v>
       </c>
       <c r="P9" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q9" t="s" s="5">
         <v>51</v>
       </c>
       <c r="R9" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="S9" t="s" s="5">
         <v>50</v>
       </c>
       <c r="T9" t="s" s="5">
         <v>50</v>
       </c>
       <c r="U9" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="V9" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="W9" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="X9" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="Y9" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="Z9" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AA9" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AB9" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="AC9" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AD9" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AE9" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="AF9" t="s" s="5">
         <v>56</v>
       </c>
-      <c r="V9" t="s" s="5">
-[...2 lines deleted...]
-      <c r="W9" t="s" s="5">
+      <c r="AG9" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AH9" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AI9" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AJ9" t="s" s="5">
         <v>56</v>
       </c>
-      <c r="X9" t="s" s="5">
-[...5 lines deleted...]
-      <c r="Z9" t="s" s="5">
+      <c r="AK9" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AL9" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="AM9" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="AN9" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AO9" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="AP9" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AQ9" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AR9" t="s" s="5">
         <v>58</v>
-      </c>
-[...52 lines deleted...]
-        <v>50</v>
       </c>
       <c r="AS9" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT9" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU9" t="s" s="5">
         <v>58</v>
       </c>
     </row>
     <row r="10">
       <c r="A10"/>
       <c r="B10"/>
       <c r="C10"/>
       <c r="D10"/>
       <c r="E10"/>
       <c r="F10"/>
       <c r="G10"/>
       <c r="H10"/>
       <c r="I10" t="s">
         <v>75</v>
       </c>
       <c r="J10" t="s">
         <v>76</v>
       </c>
       <c r="K10" t="s">
         <v>77</v>
       </c>
       <c r="L10" t="s">
+        <v>77</v>
+      </c>
+      <c r="M10" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
       <c r="N10" t="s">
         <v>77</v>
       </c>
       <c r="O10" t="s">
+        <v>75</v>
+      </c>
+      <c r="P10" t="s">
+        <v>75</v>
+      </c>
+      <c r="Q10" t="s">
         <v>77</v>
       </c>
-      <c r="P10" t="s">
+      <c r="R10" t="s">
         <v>77</v>
       </c>
-      <c r="Q10" t="s">
-[...2 lines deleted...]
-      <c r="R10" t="s">
+      <c r="S10" t="s">
         <v>78</v>
       </c>
-      <c r="S10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="T10" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="U10" t="s">
         <v>77</v>
       </c>
       <c r="V10" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="W10" t="s">
+        <v>78</v>
+      </c>
+      <c r="X10" t="s">
+        <v>78</v>
+      </c>
+      <c r="Y10" t="s">
         <v>77</v>
       </c>
-      <c r="X10" t="s">
+      <c r="Z10" t="s">
+        <v>78</v>
+      </c>
+      <c r="AA10" t="s">
+        <v>78</v>
+      </c>
+      <c r="AB10" t="s">
         <v>77</v>
       </c>
-      <c r="Y10" t="s">
-[...2 lines deleted...]
-      <c r="Z10" t="s">
+      <c r="AC10" t="s">
+        <v>78</v>
+      </c>
+      <c r="AD10" t="s">
+        <v>79</v>
+      </c>
+      <c r="AE10" t="s">
         <v>77</v>
       </c>
-      <c r="AA10" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="AF10" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="AG10" t="s">
+        <v>78</v>
+      </c>
+      <c r="AH10" t="s">
+        <v>78</v>
+      </c>
+      <c r="AI10" t="s">
+        <v>78</v>
+      </c>
+      <c r="AJ10" t="s">
+        <v>78</v>
+      </c>
+      <c r="AK10" t="s">
+        <v>78</v>
+      </c>
+      <c r="AL10" t="s">
         <v>77</v>
-      </c>
-[...13 lines deleted...]
-        <v>75</v>
       </c>
       <c r="AM10" t="s">
         <v>77</v>
       </c>
       <c r="AN10" t="s">
+        <v>78</v>
+      </c>
+      <c r="AO10" t="s">
         <v>77</v>
       </c>
-      <c r="AO10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AP10" t="s">
+        <v>78</v>
+      </c>
+      <c r="AQ10" t="s">
+        <v>75</v>
+      </c>
+      <c r="AR10" t="s">
+        <v>78</v>
+      </c>
+      <c r="AS10" t="s">
         <v>77</v>
       </c>
-      <c r="AQ10" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="AT10" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="AU10" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
     </row>
     <row r="11">
       <c r="A11"/>
       <c r="B11"/>
       <c r="C11"/>
       <c r="D11"/>
       <c r="E11"/>
       <c r="F11"/>
       <c r="G11"/>
       <c r="H11"/>
       <c r="I11" t="s">
         <v>48</v>
       </c>
       <c r="J11" t="s">
         <v>48</v>
       </c>
       <c r="K11" t="s">
         <v>48</v>
       </c>
       <c r="L11" t="s">
         <v>48</v>
       </c>
       <c r="M11" t="s">
         <v>48</v>
       </c>
       <c r="N11" t="s">
         <v>48</v>
       </c>
       <c r="O11" t="s">
         <v>48</v>
       </c>
       <c r="P11" t="s">
+        <v>48</v>
+      </c>
+      <c r="Q11" t="s">
+        <v>48</v>
+      </c>
+      <c r="R11" t="s">
+        <v>48</v>
+      </c>
+      <c r="S11" t="s">
+        <v>48</v>
+      </c>
+      <c r="T11" t="s">
+        <v>48</v>
+      </c>
+      <c r="U11" t="s">
+        <v>48</v>
+      </c>
+      <c r="V11" t="s">
+        <v>48</v>
+      </c>
+      <c r="W11" t="s">
+        <v>48</v>
+      </c>
+      <c r="X11" t="s">
         <v>69</v>
-      </c>
-[...22 lines deleted...]
-        <v>48</v>
       </c>
       <c r="Y11" t="s">
         <v>48</v>
       </c>
       <c r="Z11" t="s">
         <v>48</v>
       </c>
       <c r="AA11" t="s">
         <v>48</v>
       </c>
       <c r="AB11" t="s">
         <v>48</v>
       </c>
       <c r="AC11" t="s">
         <v>48</v>
       </c>
       <c r="AD11" t="s">
         <v>48</v>
       </c>
       <c r="AE11" t="s">
         <v>48</v>
       </c>
       <c r="AF11" t="s">
         <v>48</v>
       </c>
@@ -1949,404 +1949,404 @@
         <v>48</v>
       </c>
       <c r="AS11" t="s">
         <v>48</v>
       </c>
       <c r="AT11" t="s">
         <v>48</v>
       </c>
       <c r="AU11" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="12">
       <c r="A12"/>
       <c r="B12"/>
       <c r="C12"/>
       <c r="D12"/>
       <c r="E12"/>
       <c r="F12"/>
       <c r="G12"/>
       <c r="H12"/>
       <c r="I12" t="s">
         <v>80</v>
       </c>
       <c r="J12" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="K12" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="L12" t="s">
         <v>80</v>
       </c>
       <c r="M12" t="s">
         <v>80</v>
       </c>
       <c r="N12" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="O12" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="P12" t="s">
         <v>80</v>
       </c>
       <c r="Q12" t="s">
         <v>80</v>
       </c>
       <c r="R12" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="S12" t="s">
         <v>81</v>
       </c>
       <c r="T12" t="s">
         <v>80</v>
       </c>
       <c r="U12" t="s">
+        <v>80</v>
+      </c>
+      <c r="V12" t="s">
         <v>81</v>
-      </c>
-[...1 lines deleted...]
-        <v>80</v>
       </c>
       <c r="W12" t="s">
         <v>81</v>
       </c>
       <c r="X12" t="s">
+        <v>80</v>
+      </c>
+      <c r="Y12" t="s">
+        <v>80</v>
+      </c>
+      <c r="Z12" t="s">
+        <v>80</v>
+      </c>
+      <c r="AA12" t="s">
+        <v>80</v>
+      </c>
+      <c r="AB12" t="s">
+        <v>80</v>
+      </c>
+      <c r="AC12" t="s">
+        <v>80</v>
+      </c>
+      <c r="AD12" t="s">
+        <v>80</v>
+      </c>
+      <c r="AE12" t="s">
+        <v>80</v>
+      </c>
+      <c r="AF12" t="s">
         <v>81</v>
       </c>
-      <c r="Y12" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="AG12" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="AH12" t="s">
         <v>80</v>
       </c>
       <c r="AI12" t="s">
         <v>80</v>
       </c>
       <c r="AJ12" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="AK12" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="AL12" t="s">
         <v>80</v>
       </c>
       <c r="AM12" t="s">
         <v>80</v>
       </c>
       <c r="AN12" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="AO12" t="s">
         <v>80</v>
       </c>
       <c r="AP12" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="AQ12" t="s">
         <v>80</v>
       </c>
       <c r="AR12" t="s">
         <v>80</v>
       </c>
       <c r="AS12" t="s">
         <v>80</v>
       </c>
       <c r="AT12" t="s">
         <v>80</v>
       </c>
       <c r="AU12" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="13">
       <c r="A13"/>
       <c r="B13"/>
       <c r="C13"/>
       <c r="D13"/>
       <c r="E13"/>
       <c r="F13"/>
       <c r="G13"/>
       <c r="H13"/>
       <c r="I13" t="s">
         <v>82</v>
       </c>
       <c r="J13" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="K13" t="s">
         <v>82</v>
       </c>
       <c r="L13" t="s">
         <v>82</v>
       </c>
       <c r="M13" t="s">
         <v>82</v>
       </c>
       <c r="N13" t="s">
         <v>82</v>
       </c>
       <c r="O13" t="s">
         <v>82</v>
       </c>
       <c r="P13" t="s">
         <v>82</v>
       </c>
       <c r="Q13" t="s">
         <v>82</v>
       </c>
       <c r="R13" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="S13" t="s">
         <v>82</v>
       </c>
       <c r="T13" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="U13" t="s">
         <v>82</v>
       </c>
       <c r="V13" t="s">
         <v>82</v>
       </c>
       <c r="W13" t="s">
         <v>82</v>
       </c>
       <c r="X13" t="s">
         <v>82</v>
       </c>
       <c r="Y13" t="s">
         <v>82</v>
       </c>
       <c r="Z13" t="s">
         <v>83</v>
       </c>
       <c r="AA13" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="AB13" t="s">
         <v>82</v>
       </c>
       <c r="AC13" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="AD13" t="s">
         <v>82</v>
       </c>
       <c r="AE13" t="s">
         <v>82</v>
       </c>
       <c r="AF13" t="s">
         <v>82</v>
       </c>
       <c r="AG13" t="s">
+        <v>82</v>
+      </c>
+      <c r="AH13" t="s">
         <v>83</v>
-      </c>
-[...1 lines deleted...]
-        <v>82</v>
       </c>
       <c r="AI13" t="s">
         <v>83</v>
       </c>
       <c r="AJ13" t="s">
         <v>82</v>
       </c>
       <c r="AK13" t="s">
         <v>82</v>
       </c>
       <c r="AL13" t="s">
         <v>82</v>
       </c>
       <c r="AM13" t="s">
+        <v>82</v>
+      </c>
+      <c r="AN13" t="s">
+        <v>82</v>
+      </c>
+      <c r="AO13" t="s">
+        <v>82</v>
+      </c>
+      <c r="AP13" t="s">
         <v>83</v>
-      </c>
-[...7 lines deleted...]
-        <v>82</v>
       </c>
       <c r="AQ13" t="s">
         <v>82</v>
       </c>
       <c r="AR13" t="s">
         <v>83</v>
       </c>
       <c r="AS13" t="s">
         <v>82</v>
       </c>
       <c r="AT13" t="s">
         <v>83</v>
       </c>
       <c r="AU13" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="14">
       <c r="A14"/>
       <c r="B14"/>
       <c r="C14"/>
       <c r="D14"/>
       <c r="E14"/>
       <c r="F14"/>
       <c r="G14"/>
       <c r="H14"/>
       <c r="I14" t="s">
         <v>84</v>
       </c>
       <c r="J14" t="s">
+        <v>84</v>
+      </c>
+      <c r="K14" t="s">
         <v>85</v>
       </c>
-      <c r="K14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L14" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="M14" t="s">
+        <v>84</v>
+      </c>
+      <c r="N14" t="s">
         <v>85</v>
-      </c>
-[...1 lines deleted...]
-        <v>84</v>
       </c>
       <c r="O14" t="s">
         <v>84</v>
       </c>
       <c r="P14" t="s">
         <v>84</v>
       </c>
       <c r="Q14" t="s">
         <v>85</v>
       </c>
       <c r="R14" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="S14" t="s">
         <v>84</v>
       </c>
       <c r="T14" t="s">
         <v>84</v>
       </c>
       <c r="U14" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="V14" t="s">
+        <v>84</v>
+      </c>
+      <c r="W14" t="s">
+        <v>84</v>
+      </c>
+      <c r="X14" t="s">
+        <v>84</v>
+      </c>
+      <c r="Y14" t="s">
         <v>85</v>
       </c>
-      <c r="W14" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="Z14" t="s">
         <v>84</v>
       </c>
       <c r="AA14" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="AB14" t="s">
         <v>85</v>
       </c>
       <c r="AC14" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="AD14" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="AE14" t="s">
         <v>85</v>
       </c>
       <c r="AF14" t="s">
+        <v>84</v>
+      </c>
+      <c r="AG14" t="s">
+        <v>84</v>
+      </c>
+      <c r="AH14" t="s">
+        <v>84</v>
+      </c>
+      <c r="AI14" t="s">
+        <v>84</v>
+      </c>
+      <c r="AJ14" t="s">
+        <v>84</v>
+      </c>
+      <c r="AK14" t="s">
+        <v>84</v>
+      </c>
+      <c r="AL14" t="s">
         <v>85</v>
       </c>
-      <c r="AG14" t="s">
-[...2 lines deleted...]
-      <c r="AH14" t="s">
+      <c r="AM14" t="s">
         <v>85</v>
-      </c>
-[...13 lines deleted...]
-        <v>84</v>
       </c>
       <c r="AN14" t="s">
         <v>84</v>
       </c>
       <c r="AO14" t="s">
         <v>85</v>
       </c>
       <c r="AP14" t="s">
         <v>84</v>
       </c>
       <c r="AQ14" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="AR14" t="s">
         <v>84</v>
       </c>
       <c r="AS14" t="s">
         <v>85</v>
       </c>
       <c r="AT14" t="s">
         <v>84</v>
       </c>
       <c r="AU14" t="s">
         <v>84</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="D1:E1"/>
     <mergeCell ref="F1:H1"/>
   </mergeCells>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>