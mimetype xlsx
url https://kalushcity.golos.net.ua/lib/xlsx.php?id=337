--- v0 (2026-02-01)
+++ v1 (2026-03-19)
@@ -9,51 +9,51 @@
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="SimpleXLSXGen"/>
   <sheets>
     <sheet name="Sheet1" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="217" uniqueCount="217">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="215" uniqueCount="215">
   <si>
     <t>№</t>
   </si>
   <si>
     <t>CV сесія VIII скликання</t>
   </si>
   <si>
     <t>Калуська міська рада</t>
   </si>
   <si>
     <t>Результат</t>
   </si>
   <si>
     <t>Голоси</t>
   </si>
   <si>
     <t>Боднарчук Роман Михайлович</t>
   </si>
   <si>
     <t>Гаврилишин Михайло Богданович</t>
   </si>
   <si>
     <t>Нижник Олег Богданович</t>
   </si>
   <si>
@@ -377,51 +377,51 @@
   <si>
     <t>29.01.26  11:58:11</t>
   </si>
   <si>
     <t>29.01.26  11:58:48</t>
   </si>
   <si>
     <t>29.01.26  11:59:36</t>
   </si>
   <si>
     <t>29.01.26  12:00:19</t>
   </si>
   <si>
     <t>НЕ ПРИЙНЯТО</t>
   </si>
   <si>
     <t>За: 10</t>
   </si>
   <si>
     <t>Утримались: 16</t>
   </si>
   <si>
     <t>29.01.26  12:01:04</t>
   </si>
   <si>
-    <t>За: 17</t>
+    <t>За: 18</t>
   </si>
   <si>
     <t>Утримались: 8</t>
   </si>
   <si>
     <t>29.01.26  12:01:43</t>
   </si>
   <si>
     <t>29.01.26  12:02:25</t>
   </si>
   <si>
     <t>29.01.26  12:03:43</t>
   </si>
   <si>
     <t>29.01.26  12:04:21</t>
   </si>
   <si>
     <t>29.01.26  12:04:59</t>
   </si>
   <si>
     <t>29.01.26  12:06:39</t>
   </si>
   <si>
     <t>29.01.26  12:07:19</t>
   </si>
@@ -536,174 +536,168 @@
   <si>
     <t>29.01.26  12:22:12</t>
   </si>
   <si>
     <t>29.01.26  12:22:51</t>
   </si>
   <si>
     <t>29.01.26  12:24:05</t>
   </si>
   <si>
     <t>Утримались: 2</t>
   </si>
   <si>
     <t>29.01.26  12:24:44</t>
   </si>
   <si>
     <t>29.01.26  12:25:21</t>
   </si>
   <si>
     <t>13938Про зміни в складі узгоджувальної комісії по вирішенню земельних спорів</t>
   </si>
   <si>
     <t>29.01.26  12:26:35</t>
   </si>
   <si>
-    <t>29.01.26  16:14:44</t>
-[...5 lines deleted...]
-    <t>За: 78</t>
+    <t>За: 77</t>
   </si>
   <si>
     <t>За: 0</t>
   </si>
   <si>
+    <t>За: 70</t>
+  </si>
+  <si>
+    <t>За: 75</t>
+  </si>
+  <si>
     <t>За: 71</t>
   </si>
   <si>
+    <t>За: 72</t>
+  </si>
+  <si>
+    <t>За: 62</t>
+  </si>
+  <si>
     <t>За: 76</t>
   </si>
   <si>
-    <t>За: 72</t>
-[...10 lines deleted...]
-  <si>
     <t>За: 50</t>
   </si>
   <si>
+    <t>За: 73</t>
+  </si>
+  <si>
     <t>За: 74</t>
   </si>
   <si>
-    <t>За: 73</t>
-[...11 lines deleted...]
-    <t>За: 70</t>
+    <t>За: 38</t>
+  </si>
+  <si>
+    <t>За: 67</t>
+  </si>
+  <si>
+    <t>За: 69</t>
   </si>
   <si>
     <t>Утр.: 2</t>
   </si>
   <si>
     <t>Утр.: 0</t>
   </si>
   <si>
     <t>Утр.: 3</t>
   </si>
   <si>
     <t>Утр.: 5</t>
   </si>
   <si>
     <t>Утр.: 1</t>
   </si>
   <si>
     <t>Утр.: 4</t>
   </si>
   <si>
     <t>Утр.: 6</t>
   </si>
   <si>
     <t>Не голос.: 1</t>
   </si>
   <si>
     <t>Не голос.: 0</t>
   </si>
   <si>
     <t>Не голос.: 7</t>
   </si>
   <si>
     <t>Не голос.: 2</t>
   </si>
   <si>
     <t>Не голос.: 9</t>
   </si>
   <si>
+    <t>Не голос.: 3</t>
+  </si>
+  <si>
+    <t>Не голос.: 13</t>
+  </si>
+  <si>
+    <t>Не голос.: 29</t>
+  </si>
+  <si>
+    <t>Не голос.: 5</t>
+  </si>
+  <si>
     <t>Не голос.: 4</t>
   </si>
   <si>
-    <t>Не голос.: 13</t>
-[...2 lines deleted...]
-    <t>Не голос.: 3</t>
+    <t>Не голос.: 38</t>
   </si>
   <si>
     <t>Не голос.: 30</t>
   </si>
   <si>
-    <t>Не голос.: 5</t>
-[...4 lines deleted...]
-  <si>
     <t>Не голос.: 10</t>
   </si>
   <si>
     <t>Не голос.: 8</t>
   </si>
   <si>
     <t>Відсут.: 0</t>
   </si>
   <si>
-    <t>Відсут.: 81</t>
+    <t>Відсут.: 80</t>
   </si>
   <si>
     <t>Відсут.: 1</t>
   </si>
   <si>
+    <t>Відсут.: 3</t>
+  </si>
+  <si>
     <t>Відсут.: 2</t>
-  </si>
-[...1 lines deleted...]
-    <t>Відсут.: 3</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <b/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
@@ -728,51 +722,51 @@
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:AU87"/>
+  <dimension ref="A1:AU86"/>
   <cols>
     <col min="1" max="1" width="5"/>
     <col min="2" max="2" width="17"/>
     <col min="3" max="3" width="50"/>
     <col min="4" max="4" width="20"/>
     <col min="5" max="5" width="23"/>
     <col min="6" max="6" width="8"/>
     <col min="7" max="7" width="15"/>
     <col min="8" max="8" width="15"/>
     <col min="9" max="9" width="15"/>
     <col min="10" max="10" width="15"/>
     <col min="11" max="11" width="15"/>
     <col min="12" max="12" width="15"/>
     <col min="13" max="13" width="15"/>
     <col min="14" max="14" width="15"/>
     <col min="15" max="15" width="15"/>
     <col min="16" max="16" width="15"/>
     <col min="17" max="17" width="15"/>
     <col min="18" max="18" width="15"/>
     <col min="19" max="19" width="15"/>
     <col min="20" max="20" width="15"/>
     <col min="21" max="21" width="15"/>
     <col min="22" max="22" width="15"/>
     <col min="23" max="23" width="15"/>
     <col min="24" max="24" width="15"/>
@@ -7612,51 +7606,51 @@
       <c r="G48" t="s">
         <v>48</v>
       </c>
       <c r="H48" t="s">
         <v>123</v>
       </c>
       <c r="I48" t="s" s="5">
         <v>55</v>
       </c>
       <c r="J48" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K48" t="s" s="5">
         <v>65</v>
       </c>
       <c r="L48" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M48" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N48" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O48" t="s" s="5">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="P48" t="s" s="5">
         <v>55</v>
       </c>
       <c r="Q48" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R48" t="s" s="5">
         <v>51</v>
       </c>
       <c r="S48" t="s" s="5">
         <v>65</v>
       </c>
       <c r="T48" t="s" s="5">
         <v>51</v>
       </c>
       <c r="U48" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V48" t="s" s="5">
         <v>65</v>
       </c>
       <c r="W48" t="s" s="5">
         <v>65</v>
       </c>
@@ -12477,827 +12471,682 @@
         <v>51</v>
       </c>
       <c r="AO81" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP81" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ81" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR81" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS81" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT81" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU81" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="82">
-      <c r="A82">
-[...2 lines deleted...]
-      <c r="B82" t="s">
+      <c r="A82"/>
+      <c r="B82"/>
+      <c r="C82"/>
+      <c r="D82"/>
+      <c r="E82"/>
+      <c r="F82"/>
+      <c r="G82"/>
+      <c r="H82"/>
+      <c r="I82" t="s">
         <v>175</v>
       </c>
-      <c r="C82" t="inlineStr" s="4">
-[...4 lines deleted...]
-      <c r="D82" t="s">
+      <c r="J82" t="s">
         <v>176</v>
       </c>
-      <c r="E82" t="s">
-[...126 lines deleted...]
-        <v>50</v>
+      <c r="K82" t="s">
+        <v>177</v>
+      </c>
+      <c r="L82" t="s">
+        <v>175</v>
+      </c>
+      <c r="M82" t="s">
+        <v>178</v>
+      </c>
+      <c r="N82" t="s">
+        <v>179</v>
+      </c>
+      <c r="O82" t="s">
+        <v>180</v>
+      </c>
+      <c r="P82" t="s">
+        <v>181</v>
+      </c>
+      <c r="Q82" t="s">
+        <v>178</v>
+      </c>
+      <c r="R82" t="s">
+        <v>176</v>
+      </c>
+      <c r="S82" t="s">
+        <v>182</v>
+      </c>
+      <c r="T82" t="s">
+        <v>176</v>
+      </c>
+      <c r="U82" t="s">
+        <v>183</v>
+      </c>
+      <c r="V82" t="s">
+        <v>184</v>
+      </c>
+      <c r="W82" t="s">
+        <v>185</v>
+      </c>
+      <c r="X82" t="s">
+        <v>178</v>
+      </c>
+      <c r="Y82" t="s">
+        <v>185</v>
+      </c>
+      <c r="Z82" t="s">
+        <v>184</v>
+      </c>
+      <c r="AA82" t="s">
+        <v>186</v>
+      </c>
+      <c r="AB82" t="s">
+        <v>183</v>
+      </c>
+      <c r="AC82" t="s">
+        <v>178</v>
+      </c>
+      <c r="AD82" t="s">
+        <v>177</v>
+      </c>
+      <c r="AE82" t="s">
+        <v>180</v>
+      </c>
+      <c r="AF82" t="s">
+        <v>175</v>
+      </c>
+      <c r="AG82" t="s">
+        <v>185</v>
+      </c>
+      <c r="AH82" t="s">
+        <v>187</v>
+      </c>
+      <c r="AI82" t="s">
+        <v>184</v>
+      </c>
+      <c r="AJ82" t="s">
+        <v>176</v>
+      </c>
+      <c r="AK82" t="s">
+        <v>176</v>
+      </c>
+      <c r="AL82" t="s">
+        <v>176</v>
+      </c>
+      <c r="AM82" t="s">
+        <v>179</v>
+      </c>
+      <c r="AN82" t="s">
+        <v>176</v>
+      </c>
+      <c r="AO82" t="s">
+        <v>184</v>
+      </c>
+      <c r="AP82" t="s">
+        <v>185</v>
+      </c>
+      <c r="AQ82" t="s">
+        <v>176</v>
+      </c>
+      <c r="AR82" t="s">
+        <v>184</v>
+      </c>
+      <c r="AS82" t="s">
+        <v>185</v>
+      </c>
+      <c r="AT82" t="s">
+        <v>176</v>
+      </c>
+      <c r="AU82" t="s">
+        <v>188</v>
       </c>
     </row>
     <row r="83">
       <c r="A83"/>
       <c r="B83"/>
       <c r="C83"/>
       <c r="D83"/>
       <c r="E83"/>
       <c r="F83"/>
       <c r="G83"/>
       <c r="H83"/>
       <c r="I83" t="s">
-        <v>177</v>
+        <v>48</v>
       </c>
       <c r="J83" t="s">
-        <v>178</v>
+        <v>48</v>
       </c>
       <c r="K83" t="s">
-        <v>179</v>
+        <v>48</v>
       </c>
       <c r="L83" t="s">
-        <v>177</v>
+        <v>48</v>
       </c>
       <c r="M83" t="s">
-        <v>180</v>
+        <v>48</v>
       </c>
       <c r="N83" t="s">
-        <v>181</v>
+        <v>48</v>
       </c>
       <c r="O83" t="s">
-        <v>181</v>
+        <v>48</v>
       </c>
       <c r="P83" t="s">
-        <v>182</v>
+        <v>48</v>
       </c>
       <c r="Q83" t="s">
-        <v>183</v>
+        <v>48</v>
       </c>
       <c r="R83" t="s">
-        <v>178</v>
+        <v>48</v>
       </c>
       <c r="S83" t="s">
-        <v>184</v>
+        <v>48</v>
       </c>
       <c r="T83" t="s">
-        <v>178</v>
+        <v>48</v>
       </c>
       <c r="U83" t="s">
-        <v>185</v>
+        <v>48</v>
       </c>
       <c r="V83" t="s">
-        <v>186</v>
+        <v>48</v>
       </c>
       <c r="W83" t="s">
-        <v>183</v>
+        <v>48</v>
       </c>
       <c r="X83" t="s">
-        <v>180</v>
+        <v>48</v>
       </c>
       <c r="Y83" t="s">
-        <v>183</v>
+        <v>48</v>
       </c>
       <c r="Z83" t="s">
-        <v>187</v>
+        <v>48</v>
       </c>
       <c r="AA83" t="s">
-        <v>188</v>
+        <v>48</v>
       </c>
       <c r="AB83" t="s">
-        <v>189</v>
+        <v>48</v>
       </c>
       <c r="AC83" t="s">
-        <v>180</v>
+        <v>48</v>
       </c>
       <c r="AD83" t="s">
-        <v>179</v>
+        <v>48</v>
       </c>
       <c r="AE83" t="s">
-        <v>187</v>
+        <v>48</v>
       </c>
       <c r="AF83" t="s">
-        <v>177</v>
+        <v>48</v>
       </c>
       <c r="AG83" t="s">
-        <v>183</v>
+        <v>48</v>
       </c>
       <c r="AH83" t="s">
-        <v>190</v>
+        <v>48</v>
       </c>
       <c r="AI83" t="s">
-        <v>186</v>
+        <v>48</v>
       </c>
       <c r="AJ83" t="s">
-        <v>178</v>
+        <v>48</v>
       </c>
       <c r="AK83" t="s">
-        <v>178</v>
+        <v>48</v>
       </c>
       <c r="AL83" t="s">
-        <v>178</v>
+        <v>48</v>
       </c>
       <c r="AM83" t="s">
-        <v>181</v>
+        <v>48</v>
       </c>
       <c r="AN83" t="s">
-        <v>178</v>
+        <v>48</v>
       </c>
       <c r="AO83" t="s">
-        <v>186</v>
+        <v>48</v>
       </c>
       <c r="AP83" t="s">
-        <v>183</v>
+        <v>48</v>
       </c>
       <c r="AQ83" t="s">
-        <v>178</v>
+        <v>48</v>
       </c>
       <c r="AR83" t="s">
-        <v>186</v>
+        <v>151</v>
       </c>
       <c r="AS83" t="s">
-        <v>183</v>
+        <v>48</v>
       </c>
       <c r="AT83" t="s">
-        <v>178</v>
+        <v>48</v>
       </c>
       <c r="AU83" t="s">
-        <v>191</v>
+        <v>48</v>
       </c>
     </row>
     <row r="84">
       <c r="A84"/>
       <c r="B84"/>
       <c r="C84"/>
       <c r="D84"/>
       <c r="E84"/>
       <c r="F84"/>
       <c r="G84"/>
       <c r="H84"/>
       <c r="I84" t="s">
-        <v>48</v>
+        <v>189</v>
       </c>
       <c r="J84" t="s">
-        <v>48</v>
+        <v>190</v>
       </c>
       <c r="K84" t="s">
-        <v>48</v>
+        <v>191</v>
       </c>
       <c r="L84" t="s">
-        <v>48</v>
+        <v>190</v>
       </c>
       <c r="M84" t="s">
-        <v>48</v>
+        <v>192</v>
       </c>
       <c r="N84" t="s">
-        <v>48</v>
+        <v>190</v>
       </c>
       <c r="O84" t="s">
-        <v>48</v>
+        <v>192</v>
       </c>
       <c r="P84" t="s">
-        <v>48</v>
+        <v>192</v>
       </c>
       <c r="Q84" t="s">
-        <v>48</v>
+        <v>193</v>
       </c>
       <c r="R84" t="s">
-        <v>48</v>
+        <v>190</v>
       </c>
       <c r="S84" t="s">
-        <v>48</v>
+        <v>194</v>
       </c>
       <c r="T84" t="s">
-        <v>48</v>
+        <v>190</v>
       </c>
       <c r="U84" t="s">
-        <v>48</v>
+        <v>193</v>
       </c>
       <c r="V84" t="s">
-        <v>48</v>
+        <v>189</v>
       </c>
       <c r="W84" t="s">
-        <v>48</v>
+        <v>194</v>
       </c>
       <c r="X84" t="s">
-        <v>48</v>
+        <v>191</v>
       </c>
       <c r="Y84" t="s">
-        <v>48</v>
+        <v>189</v>
       </c>
       <c r="Z84" t="s">
-        <v>48</v>
+        <v>191</v>
       </c>
       <c r="AA84" t="s">
-        <v>48</v>
+        <v>193</v>
       </c>
       <c r="AB84" t="s">
-        <v>48</v>
+        <v>190</v>
       </c>
       <c r="AC84" t="s">
-        <v>48</v>
+        <v>194</v>
       </c>
       <c r="AD84" t="s">
-        <v>48</v>
+        <v>190</v>
       </c>
       <c r="AE84" t="s">
-        <v>48</v>
+        <v>194</v>
       </c>
       <c r="AF84" t="s">
-        <v>48</v>
+        <v>191</v>
       </c>
       <c r="AG84" t="s">
-        <v>48</v>
+        <v>192</v>
       </c>
       <c r="AH84" t="s">
-        <v>48</v>
+        <v>192</v>
       </c>
       <c r="AI84" t="s">
-        <v>48</v>
+        <v>194</v>
       </c>
       <c r="AJ84" t="s">
-        <v>48</v>
+        <v>190</v>
       </c>
       <c r="AK84" t="s">
-        <v>48</v>
+        <v>190</v>
       </c>
       <c r="AL84" t="s">
-        <v>48</v>
+        <v>190</v>
       </c>
       <c r="AM84" t="s">
-        <v>48</v>
+        <v>194</v>
       </c>
       <c r="AN84" t="s">
-        <v>48</v>
+        <v>190</v>
       </c>
       <c r="AO84" t="s">
-        <v>48</v>
+        <v>192</v>
       </c>
       <c r="AP84" t="s">
-        <v>48</v>
+        <v>191</v>
       </c>
       <c r="AQ84" t="s">
-        <v>48</v>
+        <v>190</v>
       </c>
       <c r="AR84" t="s">
-        <v>151</v>
+        <v>189</v>
       </c>
       <c r="AS84" t="s">
-        <v>48</v>
+        <v>193</v>
       </c>
       <c r="AT84" t="s">
-        <v>48</v>
+        <v>190</v>
       </c>
       <c r="AU84" t="s">
-        <v>48</v>
+        <v>195</v>
       </c>
     </row>
     <row r="85">
       <c r="A85"/>
       <c r="B85"/>
       <c r="C85"/>
       <c r="D85"/>
       <c r="E85"/>
       <c r="F85"/>
       <c r="G85"/>
       <c r="H85"/>
       <c r="I85" t="s">
-        <v>192</v>
+        <v>196</v>
       </c>
       <c r="J85" t="s">
-        <v>193</v>
+        <v>197</v>
       </c>
       <c r="K85" t="s">
-        <v>194</v>
+        <v>198</v>
       </c>
       <c r="L85" t="s">
-        <v>193</v>
+        <v>199</v>
       </c>
       <c r="M85" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="N85" t="s">
-        <v>193</v>
+        <v>200</v>
       </c>
       <c r="O85" t="s">
-        <v>195</v>
+        <v>201</v>
       </c>
       <c r="P85" t="s">
-        <v>195</v>
+        <v>202</v>
       </c>
       <c r="Q85" t="s">
-        <v>196</v>
+        <v>201</v>
       </c>
       <c r="R85" t="s">
-        <v>193</v>
+        <v>197</v>
       </c>
       <c r="S85" t="s">
         <v>197</v>
       </c>
       <c r="T85" t="s">
-        <v>193</v>
+        <v>197</v>
       </c>
       <c r="U85" t="s">
+        <v>203</v>
+      </c>
+      <c r="V85" t="s">
+        <v>204</v>
+      </c>
+      <c r="W85" t="s">
+        <v>199</v>
+      </c>
+      <c r="X85" t="s">
+        <v>199</v>
+      </c>
+      <c r="Y85" t="s">
+        <v>205</v>
+      </c>
+      <c r="Z85" t="s">
+        <v>205</v>
+      </c>
+      <c r="AA85" t="s">
+        <v>206</v>
+      </c>
+      <c r="AB85" t="s">
+        <v>207</v>
+      </c>
+      <c r="AC85" t="s">
         <v>196</v>
       </c>
-      <c r="V85" t="s">
-[...2 lines deleted...]
-      <c r="W85" t="s">
+      <c r="AD85" t="s">
+        <v>208</v>
+      </c>
+      <c r="AE85" t="s">
+        <v>205</v>
+      </c>
+      <c r="AF85" t="s">
         <v>197</v>
       </c>
-      <c r="X85" t="s">
-[...5 lines deleted...]
-      <c r="Z85" t="s">
+      <c r="AG85" t="s">
+        <v>196</v>
+      </c>
+      <c r="AH85" t="s">
+        <v>209</v>
+      </c>
+      <c r="AI85" t="s">
+        <v>199</v>
+      </c>
+      <c r="AJ85" t="s">
         <v>197</v>
       </c>
-      <c r="AA85" t="s">
+      <c r="AK85" t="s">
+        <v>197</v>
+      </c>
+      <c r="AL85" t="s">
+        <v>197</v>
+      </c>
+      <c r="AM85" t="s">
+        <v>204</v>
+      </c>
+      <c r="AN85" t="s">
+        <v>197</v>
+      </c>
+      <c r="AO85" t="s">
         <v>196</v>
       </c>
-      <c r="AB85" t="s">
-[...2 lines deleted...]
-      <c r="AC85" t="s">
+      <c r="AP85" t="s">
+        <v>201</v>
+      </c>
+      <c r="AQ85" t="s">
         <v>197</v>
       </c>
-      <c r="AD85" t="s">
-[...2 lines deleted...]
-      <c r="AE85" t="s">
+      <c r="AR85" t="s">
+        <v>205</v>
+      </c>
+      <c r="AS85" t="s">
+        <v>201</v>
+      </c>
+      <c r="AT85" t="s">
         <v>197</v>
       </c>
-      <c r="AF85" t="s">
-[...43 lines deleted...]
-      </c>
       <c r="AU85" t="s">
-        <v>198</v>
+        <v>204</v>
       </c>
     </row>
     <row r="86">
       <c r="A86"/>
       <c r="B86"/>
       <c r="C86"/>
       <c r="D86"/>
       <c r="E86"/>
       <c r="F86"/>
       <c r="G86"/>
       <c r="H86"/>
       <c r="I86" t="s">
-        <v>199</v>
+        <v>210</v>
       </c>
       <c r="J86" t="s">
-        <v>200</v>
+        <v>211</v>
       </c>
       <c r="K86" t="s">
-        <v>201</v>
+        <v>210</v>
       </c>
       <c r="L86" t="s">
-        <v>202</v>
+        <v>212</v>
       </c>
       <c r="M86" t="s">
-        <v>200</v>
+        <v>210</v>
       </c>
       <c r="N86" t="s">
-        <v>203</v>
+        <v>210</v>
       </c>
       <c r="O86" t="s">
-        <v>204</v>
+        <v>210</v>
       </c>
       <c r="P86" t="s">
-        <v>205</v>
+        <v>210</v>
       </c>
       <c r="Q86" t="s">
-        <v>206</v>
+        <v>212</v>
       </c>
       <c r="R86" t="s">
-        <v>200</v>
+        <v>211</v>
       </c>
       <c r="S86" t="s">
-        <v>200</v>
+        <v>210</v>
       </c>
       <c r="T86" t="s">
-        <v>200</v>
+        <v>211</v>
       </c>
       <c r="U86" t="s">
-        <v>207</v>
+        <v>210</v>
       </c>
       <c r="V86" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="W86" t="s">
-        <v>202</v>
+        <v>210</v>
       </c>
       <c r="X86" t="s">
-        <v>202</v>
+        <v>210</v>
       </c>
       <c r="Y86" t="s">
-        <v>204</v>
+        <v>210</v>
       </c>
       <c r="Z86" t="s">
-        <v>204</v>
+        <v>210</v>
       </c>
       <c r="AA86" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
       <c r="AB86" t="s">
-        <v>207</v>
+        <v>210</v>
       </c>
       <c r="AC86" t="s">
-        <v>199</v>
+        <v>210</v>
       </c>
       <c r="AD86" t="s">
         <v>210</v>
       </c>
       <c r="AE86" t="s">
-        <v>204</v>
+        <v>210</v>
       </c>
       <c r="AF86" t="s">
-        <v>200</v>
+        <v>210</v>
       </c>
       <c r="AG86" t="s">
-        <v>199</v>
+        <v>210</v>
       </c>
       <c r="AH86" t="s">
+        <v>210</v>
+      </c>
+      <c r="AI86" t="s">
+        <v>212</v>
+      </c>
+      <c r="AJ86" t="s">
         <v>211</v>
       </c>
-      <c r="AI86" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="AK86" t="s">
-        <v>200</v>
+        <v>211</v>
       </c>
       <c r="AL86" t="s">
-        <v>200</v>
+        <v>211</v>
       </c>
       <c r="AM86" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="AN86" t="s">
-        <v>200</v>
+        <v>211</v>
       </c>
       <c r="AO86" t="s">
-        <v>199</v>
+        <v>212</v>
       </c>
       <c r="AP86" t="s">
-        <v>206</v>
+        <v>210</v>
       </c>
       <c r="AQ86" t="s">
-        <v>200</v>
+        <v>211</v>
       </c>
       <c r="AR86" t="s">
-        <v>204</v>
+        <v>210</v>
       </c>
       <c r="AS86" t="s">
-        <v>206</v>
+        <v>214</v>
       </c>
       <c r="AT86" t="s">
-        <v>200</v>
+        <v>211</v>
       </c>
       <c r="AU86" t="s">
-        <v>208</v>
-[...126 lines deleted...]
-        <v>212</v>
+        <v>210</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="D1:E1"/>
     <mergeCell ref="F1:H1"/>
   </mergeCells>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>SimpleXLSXGen</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:language>en-US</dc:language>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>