--- v0 (2025-12-05)
+++ v1 (2026-02-01)
@@ -29,161 +29,161 @@
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="306" uniqueCount="306">
   <si>
     <t>№</t>
   </si>
   <si>
     <t>XXI сесія VIII скликання</t>
   </si>
   <si>
     <t>Калуська міська рада</t>
   </si>
   <si>
     <t>Результат</t>
   </si>
   <si>
     <t>Голоси</t>
   </si>
   <si>
     <t>Боднарчук Роман Михайлович</t>
   </si>
   <si>
+    <t>Гаврилишин Михайло Богданович</t>
+  </si>
+  <si>
+    <t>Нижник Олег Богданович</t>
+  </si>
+  <si>
+    <t>Вагілевич Василь Миколайович</t>
+  </si>
+  <si>
+    <t>Найда Андрій Михайлович</t>
+  </si>
+  <si>
+    <t>Тимків Володимир Ярославович</t>
+  </si>
+  <si>
+    <t>Шутяк Оксана Богданівна</t>
+  </si>
+  <si>
+    <t>Онуфрик Любомир Ярославович</t>
+  </si>
+  <si>
+    <t>Куц Сергій Леонідович</t>
+  </si>
+  <si>
+    <t>Білінський Петро Степанович</t>
+  </si>
+  <si>
     <t>Барнич Тарас Ярославович</t>
   </si>
   <si>
     <t>Бербець Віктор Густавович</t>
   </si>
   <si>
     <t>Білоус Інна Петрівна</t>
   </si>
   <si>
     <t>Вайда Руслана Богданівна</t>
   </si>
   <si>
     <t>Вальнюк Дмитро Мирославович</t>
   </si>
   <si>
     <t>Галайда Богдана Ігорівна</t>
   </si>
   <si>
     <t>Гільтайчук Віктор Вікторович</t>
   </si>
   <si>
     <t>Гук Оксана Володимирівна</t>
   </si>
   <si>
-    <t>Гаврилишин Михайло Богданович</t>
+    <t>Дзундза Василь Степанович</t>
+  </si>
+  <si>
+    <t>Кирилович Леся Омелянівна</t>
+  </si>
+  <si>
+    <t>Коваль Олександр Михайлович</t>
+  </si>
+  <si>
+    <t>Мазурик Іван Іванович</t>
+  </si>
+  <si>
+    <t>Матківська Галина Ярославівна</t>
+  </si>
+  <si>
+    <t>Мицак Олександр Анатолійович</t>
+  </si>
+  <si>
+    <t>Мороз Федір Григорович</t>
+  </si>
+  <si>
+    <t>Очкур Ірина Григорівна</t>
+  </si>
+  <si>
+    <t>Павлів Ірина Василівна</t>
+  </si>
+  <si>
+    <t>Погинайко Юрій Павлович</t>
+  </si>
+  <si>
+    <t>Полянська Наталія Євгенівна</t>
+  </si>
+  <si>
+    <t>Попельницька Алла Володимирівна</t>
   </si>
   <si>
     <t>Савчук Оксана Ігорівна</t>
   </si>
   <si>
-    <t>Полянська Наталія Євгенівна</t>
-[...11 lines deleted...]
-    <t>Павлів Ірина Василівна</t>
+    <t>Сікора Ольга Мирославівна</t>
+  </si>
+  <si>
+    <t>Соколовський Олександр Дмитрович</t>
+  </si>
+  <si>
+    <t>Чепіль Петро Михайлович</t>
+  </si>
+  <si>
+    <t>Шийко Сергій Іванович</t>
+  </si>
+  <si>
+    <t>Кінаш Ярослав Петрович</t>
   </si>
   <si>
     <t>Білецька Ольга Зіновіївна</t>
   </si>
   <si>
     <t>Полицький Володимир Михайлович</t>
   </si>
   <si>
-    <t>Соколовський Олександр Дмитрович</t>
-[...58 lines deleted...]
-  <si>
     <t>25.11.21  11:26:20</t>
   </si>
   <si>
     <t>6456Про роботу КНП `Центральна районна лікарня` Калуської міської ради</t>
   </si>
   <si>
     <t>В цілому</t>
   </si>
   <si>
     <t>ПРИЙНЯТО</t>
   </si>
   <si>
     <t>За: 26</t>
   </si>
   <si>
     <t>Проти: 0</t>
   </si>
   <si>
     <t>Утримались: 0</t>
   </si>
   <si>
     <t>За</t>
   </si>
   <si>
     <t>Не голос.</t>
@@ -698,276 +698,276 @@
   <si>
     <t>За: 0</t>
   </si>
   <si>
     <t>25.11.21  16:51:45</t>
   </si>
   <si>
     <t>25.11.21  16:52:26</t>
   </si>
   <si>
     <t>25.11.21  16:53:06</t>
   </si>
   <si>
     <t>25.11.21  16:53:52</t>
   </si>
   <si>
     <t>25.11.21  16:56:03</t>
   </si>
   <si>
     <t>Утримались: 24</t>
   </si>
   <si>
     <t>За: 64</t>
   </si>
   <si>
+    <t>За: 60</t>
+  </si>
+  <si>
+    <t>За: 71</t>
+  </si>
+  <si>
+    <t>За: 89</t>
+  </si>
+  <si>
+    <t>За: 93</t>
+  </si>
+  <si>
+    <t>За: 94</t>
+  </si>
+  <si>
+    <t>За: 97</t>
+  </si>
+  <si>
     <t>За: 87</t>
   </si>
   <si>
     <t>За: 90</t>
   </si>
   <si>
     <t>За: 21</t>
   </si>
   <si>
     <t>За: 88</t>
   </si>
   <si>
     <t>За: 95</t>
   </si>
   <si>
-    <t>За: 97</t>
-[...1 lines deleted...]
-  <si>
     <t>За: 91</t>
   </si>
   <si>
-    <t>За: 60</t>
+    <t>За: 57</t>
+  </si>
+  <si>
+    <t>За: 99</t>
+  </si>
+  <si>
+    <t>За: 78</t>
+  </si>
+  <si>
+    <t>За: 58</t>
+  </si>
+  <si>
+    <t>За: 66</t>
+  </si>
+  <si>
+    <t>За: 56</t>
+  </si>
+  <si>
+    <t>За: 79</t>
+  </si>
+  <si>
+    <t>За: 83</t>
+  </si>
+  <si>
+    <t>За: 98</t>
   </si>
   <si>
     <t>За: 86</t>
   </si>
   <si>
-    <t>За: 98</t>
-[...19 lines deleted...]
-  <si>
     <t>За: 75</t>
   </si>
   <si>
-    <t>За: 99</t>
-[...16 lines deleted...]
-  <si>
     <t>За: 84</t>
   </si>
   <si>
     <t>Проти: 5</t>
   </si>
   <si>
     <t>Утр.: 7</t>
   </si>
   <si>
+    <t>Утр.: 11</t>
+  </si>
+  <si>
+    <t>Утр.: 12</t>
+  </si>
+  <si>
+    <t>Утр.: 0</t>
+  </si>
+  <si>
+    <t>Утр.: 10</t>
+  </si>
+  <si>
+    <t>Утр.: 8</t>
+  </si>
+  <si>
     <t>Утр.: 6</t>
   </si>
   <si>
-    <t>Утр.: 10</t>
-[...7 lines deleted...]
-  <si>
     <t>Утр.: 13</t>
   </si>
   <si>
-    <t>Утр.: 8</t>
+    <t>Утр.: 14</t>
+  </si>
+  <si>
+    <t>Утр.: 1</t>
+  </si>
+  <si>
+    <t>Утр.: 5</t>
   </si>
   <si>
     <t>Утр.: 9</t>
   </si>
   <si>
-    <t>Утр.: 12</t>
-[...10 lines deleted...]
-  <si>
     <t>Не голос.: 19</t>
   </si>
   <si>
+    <t>Не голос.: 12</t>
+  </si>
+  <si>
+    <t>Не голос.: 1</t>
+  </si>
+  <si>
+    <t>Не голос.: 34</t>
+  </si>
+  <si>
+    <t>Не голос.: 11</t>
+  </si>
+  <si>
+    <t>Не голос.: 8</t>
+  </si>
+  <si>
+    <t>Не голос.: 33</t>
+  </si>
+  <si>
+    <t>Не голос.: 2</t>
+  </si>
+  <si>
+    <t>Не голос.: 4</t>
+  </si>
+  <si>
+    <t>Не голос.: 7</t>
+  </si>
+  <si>
     <t>Не голос.: 14</t>
   </si>
   <si>
-    <t>Не голос.: 11</t>
-[...1 lines deleted...]
-  <si>
     <t>Не голос.: 17</t>
   </si>
   <si>
-    <t>Не голос.: 4</t>
-[...1 lines deleted...]
-  <si>
     <t>Не голос.: 3</t>
   </si>
   <si>
-    <t>Не голос.: 8</t>
-[...2 lines deleted...]
-    <t>Не голос.: 12</t>
+    <t>Не голос.: 47</t>
+  </si>
+  <si>
+    <t>Не голос.: 10</t>
+  </si>
+  <si>
+    <t>Не голос.: 30</t>
+  </si>
+  <si>
+    <t>Не голос.: 46</t>
+  </si>
+  <si>
+    <t>Не голос.: 28</t>
+  </si>
+  <si>
+    <t>Не голос.: 5</t>
   </si>
   <si>
     <t>Не голос.: 18</t>
   </si>
   <si>
-    <t>Не голос.: 5</t>
-[...2 lines deleted...]
-    <t>Не голос.: 28</t>
+    <t>Не голос.: 31</t>
+  </si>
+  <si>
+    <t>Не голос.: 0</t>
+  </si>
+  <si>
+    <t>Не голос.: 52</t>
   </si>
   <si>
     <t>Не голос.: 6</t>
   </si>
   <si>
     <t>Не голос.: 9</t>
   </si>
   <si>
-    <t>Не голос.: 0</t>
-[...34 lines deleted...]
-  <si>
     <t>Відсут.: 21</t>
   </si>
   <si>
+    <t>Відсут.: 29</t>
+  </si>
+  <si>
+    <t>Відсут.: 72</t>
+  </si>
+  <si>
     <t>Відсут.: 0</t>
   </si>
   <si>
+    <t>Відсут.: 4</t>
+  </si>
+  <si>
+    <t>Відсут.: 76</t>
+  </si>
+  <si>
+    <t>Відсут.: 6</t>
+  </si>
+  <si>
+    <t>Відсут.: 3</t>
+  </si>
+  <si>
     <t>Відсут.: 80</t>
   </si>
   <si>
-    <t>Відсут.: 29</t>
+    <t>Відсут.: 10</t>
+  </si>
+  <si>
+    <t>Відсут.: 23</t>
+  </si>
+  <si>
+    <t>Відсут.: 37</t>
+  </si>
+  <si>
+    <t>Відсут.: 1</t>
   </si>
   <si>
     <t>Відсут.: 112</t>
-  </si>
-[...25 lines deleted...]
-    <t>Відсут.: 3</t>
   </si>
   <si>
     <t>Відсут.: 60</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <b/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -1041,52 +1041,52 @@
     <col min="20" max="20" width="15"/>
     <col min="21" max="21" width="15"/>
     <col min="22" max="22" width="15"/>
     <col min="23" max="23" width="15"/>
     <col min="24" max="24" width="15"/>
     <col min="25" max="25" width="15"/>
     <col min="26" max="26" width="15"/>
     <col min="27" max="27" width="15"/>
     <col min="28" max="28" width="15"/>
     <col min="29" max="29" width="15"/>
     <col min="30" max="30" width="15"/>
     <col min="31" max="31" width="15"/>
     <col min="32" max="32" width="15"/>
     <col min="33" max="33" width="15"/>
     <col min="34" max="34" width="15"/>
     <col min="35" max="35" width="15"/>
     <col min="36" max="36" width="15"/>
     <col min="37" max="37" width="15"/>
     <col min="38" max="38" width="15"/>
     <col min="39" max="39" width="15"/>
     <col min="40" max="40" width="15"/>
     <col min="41" max="41" width="15"/>
     <col min="42" max="42" width="15"/>
     <col min="43" max="43" width="15"/>
     <col min="44" max="44" width="15"/>
-    <col min="45" max="45" width="41"/>
-    <col min="46" max="46" width="43"/>
+    <col min="45" max="45" width="49"/>
+    <col min="46" max="46" width="59"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="s" s="2">
         <v>0</v>
       </c>
       <c r="B1" t="s" s="3">
         <v>1</v>
       </c>
       <c r="C1" t="s" s="2">
         <v>2</v>
       </c>
       <c r="D1" t="s" s="2">
         <v>3</v>
       </c>
       <c r="E1"/>
       <c r="F1" t="s" s="2">
         <v>4</v>
       </c>
       <c r="G1"/>
       <c r="H1"/>
       <c r="I1" t="s" s="3">
         <v>5</v>
       </c>
       <c r="J1" t="s" s="3">
@@ -1211,10911 +1211,10911 @@
       <c r="C2" t="s" s="4">
         <v>44</v>
       </c>
       <c r="D2" t="s">
         <v>45</v>
       </c>
       <c r="E2" t="s">
         <v>46</v>
       </c>
       <c r="F2" t="s">
         <v>47</v>
       </c>
       <c r="G2" t="s">
         <v>48</v>
       </c>
       <c r="H2" t="s">
         <v>49</v>
       </c>
       <c r="I2" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J2" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K2" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="L2" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M2" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="N2" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="O2" t="s" s="5">
         <v>50</v>
       </c>
       <c r="P2" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="Q2" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="R2" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="S2" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="T2" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="U2" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="V2" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="W2" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="X2" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Y2" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z2" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AA2" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AB2" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC2" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AD2" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE2" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF2" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG2" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH2" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AI2" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AJ2" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AK2" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AL2" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AM2" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AN2" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO2" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AP2" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AQ2" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AR2" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AS2" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AT2" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="3">
       <c r="A3">
         <v>2</v>
       </c>
       <c r="B3" t="s">
         <v>53</v>
       </c>
       <c r="C3" t="inlineStr" s="4">
         <is>
           <t>6457Про внесення змін до Програми розвитку та фінансової підтримки КНП «Центральна районна лікарня Калуської міської ради Івано-Франківської області» на 2021 рік</t>
         </is>
       </c>
       <c r="D3" t="s">
         <v>45</v>
       </c>
       <c r="E3" t="s">
         <v>46</v>
       </c>
       <c r="F3" t="s">
         <v>47</v>
       </c>
       <c r="G3" t="s">
         <v>48</v>
       </c>
       <c r="H3" t="s">
         <v>54</v>
       </c>
       <c r="I3" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J3" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="K3" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="L3" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M3" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N3" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O3" t="s" s="5">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="P3" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="Q3" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R3" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="S3" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="T3" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="U3" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="V3" t="s" s="5">
         <v>50</v>
       </c>
       <c r="W3" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X3" t="s" s="5">
-        <v>50</v>
+        <v>55</v>
       </c>
       <c r="Y3" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z3" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA3" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AB3" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC3" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AD3" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE3" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF3" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG3" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AH3" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AI3" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AJ3" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AK3" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AL3" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AM3" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AN3" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AO3" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AP3" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AQ3" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR3" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AS3" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AT3" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="4">
       <c r="A4">
         <v>3</v>
       </c>
       <c r="B4" t="s">
         <v>56</v>
       </c>
       <c r="C4" t="s" s="4">
         <v>57</v>
       </c>
       <c r="D4" t="s">
         <v>45</v>
       </c>
       <c r="E4" t="s">
         <v>46</v>
       </c>
       <c r="F4" t="s">
         <v>58</v>
       </c>
       <c r="G4" t="s">
         <v>48</v>
       </c>
       <c r="H4" t="s">
         <v>49</v>
       </c>
       <c r="I4" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J4" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K4" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="L4" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M4" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N4" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O4" t="s" s="5">
         <v>50</v>
       </c>
       <c r="P4" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="Q4" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R4" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="S4" t="s" s="5">
         <v>50</v>
       </c>
       <c r="T4" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="U4" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="V4" t="s" s="5">
         <v>50</v>
       </c>
       <c r="W4" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X4" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Y4" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z4" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA4" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AB4" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AC4" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD4" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE4" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF4" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG4" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH4" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AI4" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ4" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AK4" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AL4" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AM4" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AN4" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO4" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AP4" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AQ4" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR4" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AS4" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AT4" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="5">
       <c r="A5">
         <v>4</v>
       </c>
       <c r="B5" t="s">
         <v>59</v>
       </c>
       <c r="C5" t="inlineStr" s="4">
         <is>
           <t>6459Про роботу тимчасової контрольної комісії Калуської міської ради щодо перевірки діяльності медичних закладів</t>
         </is>
       </c>
       <c r="D5" t="s">
         <v>45</v>
       </c>
       <c r="E5" t="s">
         <v>46</v>
       </c>
       <c r="F5" t="s">
         <v>60</v>
       </c>
       <c r="G5" t="s">
         <v>48</v>
       </c>
       <c r="H5" t="s">
         <v>49</v>
       </c>
       <c r="I5" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J5" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K5" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="L5" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M5" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="N5" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O5" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="P5" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="Q5" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R5" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="S5" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="T5" t="s" s="5">
         <v>50</v>
       </c>
       <c r="U5" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V5" t="s" s="5">
         <v>51</v>
       </c>
       <c r="W5" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="X5" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="Y5" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z5" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA5" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AB5" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AC5" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD5" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE5" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AF5" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AG5" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AH5" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AI5" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AJ5" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AK5" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AL5" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AM5" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AN5" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO5" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AP5" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AQ5" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR5" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AS5" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AT5" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="6">
       <c r="A6">
         <v>5</v>
       </c>
       <c r="B6" t="s">
         <v>61</v>
       </c>
       <c r="C6" t="inlineStr" s="4">
         <is>
           <t>6460Про внесення змін в Положення про постійну комісію міської ради з питань гуманітарної роботи, законності та антикорупційної політики</t>
         </is>
       </c>
       <c r="D6" t="s">
         <v>45</v>
       </c>
       <c r="E6" t="s">
         <v>46</v>
       </c>
       <c r="F6" t="s">
         <v>58</v>
       </c>
       <c r="G6" t="s">
         <v>48</v>
       </c>
       <c r="H6" t="s">
         <v>49</v>
       </c>
       <c r="I6" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J6" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="K6" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="L6" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M6" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N6" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O6" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="P6" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q6" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R6" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="S6" t="s" s="5">
         <v>50</v>
       </c>
       <c r="T6" t="s" s="5">
         <v>50</v>
       </c>
       <c r="U6" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V6" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="W6" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X6" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Y6" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z6" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA6" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AB6" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AC6" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD6" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE6" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF6" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AG6" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AH6" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AI6" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ6" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AK6" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AL6" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AM6" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AN6" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO6" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AP6" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AQ6" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AR6" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AS6" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AT6" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="7">
       <c r="A7">
         <v>6</v>
       </c>
       <c r="B7" t="s">
         <v>62</v>
       </c>
       <c r="C7" t="s" s="4">
         <v>63</v>
       </c>
       <c r="D7" t="s">
         <v>45</v>
       </c>
       <c r="E7" t="s">
         <v>46</v>
       </c>
       <c r="F7" t="s">
         <v>64</v>
       </c>
       <c r="G7" t="s">
         <v>48</v>
       </c>
       <c r="H7" t="s">
         <v>49</v>
       </c>
       <c r="I7" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J7" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K7" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="L7" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M7" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N7" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O7" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="P7" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q7" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R7" t="s" s="5">
         <v>50</v>
       </c>
       <c r="S7" t="s" s="5">
         <v>50</v>
       </c>
       <c r="T7" t="s" s="5">
         <v>50</v>
       </c>
       <c r="U7" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V7" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="W7" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X7" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="Y7" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z7" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA7" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AB7" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AC7" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD7" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE7" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF7" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AG7" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH7" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AI7" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AJ7" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AK7" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AL7" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AM7" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AN7" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AO7" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AP7" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AQ7" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AR7" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AS7" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AT7" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
     </row>
     <row r="8">
       <c r="A8">
         <v>7</v>
       </c>
       <c r="B8" t="s">
         <v>65</v>
       </c>
       <c r="C8" t="s" s="4">
         <v>66</v>
       </c>
       <c r="D8" t="s">
         <v>45</v>
       </c>
       <c r="E8" t="s">
         <v>46</v>
       </c>
       <c r="F8" t="s">
         <v>47</v>
       </c>
       <c r="G8" t="s">
         <v>48</v>
       </c>
       <c r="H8" t="s">
         <v>49</v>
       </c>
       <c r="I8" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J8" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K8" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="L8" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M8" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="N8" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O8" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="P8" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q8" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R8" t="s" s="5">
         <v>50</v>
       </c>
       <c r="S8" t="s" s="5">
         <v>50</v>
       </c>
       <c r="T8" t="s" s="5">
         <v>50</v>
       </c>
       <c r="U8" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V8" t="s" s="5">
         <v>51</v>
       </c>
       <c r="W8" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X8" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Y8" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z8" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA8" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AB8" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AC8" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AD8" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AE8" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF8" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AG8" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH8" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AI8" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AJ8" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AK8" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AL8" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AM8" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AN8" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AO8" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AP8" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AQ8" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AR8" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AS8" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AT8" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
     </row>
     <row r="9">
       <c r="A9">
         <v>8</v>
       </c>
       <c r="B9" t="s">
         <v>67</v>
       </c>
       <c r="C9" t="inlineStr" s="4">
         <is>
           <t>6463Про внесення змін до Програми підтримки функцій реєстраційної та міграційної служби в ЦНАП на 2020-2022 роки</t>
         </is>
       </c>
       <c r="D9" t="s">
         <v>45</v>
       </c>
       <c r="E9" t="s">
         <v>46</v>
       </c>
       <c r="F9" t="s">
         <v>64</v>
       </c>
       <c r="G9" t="s">
         <v>48</v>
       </c>
       <c r="H9" t="s">
         <v>49</v>
       </c>
       <c r="I9" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J9" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K9" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="L9" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M9" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N9" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O9" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="P9" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q9" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R9" t="s" s="5">
         <v>50</v>
       </c>
       <c r="S9" t="s" s="5">
         <v>50</v>
       </c>
       <c r="T9" t="s" s="5">
         <v>50</v>
       </c>
       <c r="U9" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V9" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="W9" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X9" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Y9" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z9" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA9" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AB9" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AC9" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AD9" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE9" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF9" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AG9" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AH9" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AI9" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AJ9" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AK9" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AL9" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AM9" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AN9" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AO9" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AP9" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AQ9" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AR9" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AS9" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AT9" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
     </row>
     <row r="10">
       <c r="A10">
         <v>9</v>
       </c>
       <c r="B10" t="s">
         <v>68</v>
       </c>
       <c r="C10" t="inlineStr" s="4">
         <is>
           <t>6464Про внесення змін до рішення міської ради від 30.07.2020 № 3332 «Про організацію роботи Центру надання адміністративних послуг виконавчого комітету Калуської міської ради»</t>
         </is>
       </c>
       <c r="D10" t="s">
         <v>45</v>
       </c>
       <c r="E10" t="s">
         <v>46</v>
       </c>
       <c r="F10" t="s">
         <v>64</v>
       </c>
       <c r="G10" t="s">
         <v>48</v>
       </c>
       <c r="H10" t="s">
         <v>49</v>
       </c>
       <c r="I10" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J10" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K10" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="L10" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M10" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="N10" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O10" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="P10" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q10" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R10" t="s" s="5">
         <v>50</v>
       </c>
       <c r="S10" t="s" s="5">
         <v>50</v>
       </c>
       <c r="T10" t="s" s="5">
         <v>50</v>
       </c>
       <c r="U10" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V10" t="s" s="5">
         <v>51</v>
       </c>
       <c r="W10" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X10" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Y10" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z10" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA10" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AB10" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AC10" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AD10" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE10" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF10" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AG10" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AH10" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AI10" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AJ10" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AK10" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AL10" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AM10" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AN10" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO10" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AP10" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AQ10" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AR10" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AS10" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AT10" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
     </row>
     <row r="11">
       <c r="A11">
         <v>10</v>
       </c>
       <c r="B11" t="s">
         <v>69</v>
       </c>
       <c r="C11" t="inlineStr" s="4">
         <is>
           <t>6465Про внесення змін до Програми підтримки малого і середнього підприємництва на 2021-2022 роки </t>
         </is>
       </c>
       <c r="D11" t="s">
         <v>45</v>
       </c>
       <c r="E11" t="s">
         <v>70</v>
       </c>
       <c r="F11" t="s">
         <v>71</v>
       </c>
       <c r="G11" t="s">
         <v>48</v>
       </c>
       <c r="H11" t="s">
         <v>49</v>
       </c>
       <c r="I11" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J11" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="K11" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="L11" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="M11" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="N11" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O11" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="P11" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q11" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="R11" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="S11" t="s" s="5">
         <v>50</v>
       </c>
       <c r="T11" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="U11" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V11" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="W11" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="X11" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Y11" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z11" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AA11" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AB11" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AC11" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AD11" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AE11" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AF11" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AG11" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AH11" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AI11" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AJ11" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AK11" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AL11" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AM11" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AN11" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AO11" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AP11" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AQ11" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AR11" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AS11" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AT11" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
     </row>
     <row r="12">
       <c r="A12">
         <v>11</v>
       </c>
       <c r="B12" t="s">
         <v>72</v>
       </c>
       <c r="C12" t="inlineStr" s="4">
         <is>
           <t>6466Про внесення змін до Програми підтримки малого і середнього підприємництва на 2021-2022 роки </t>
         </is>
       </c>
       <c r="D12" t="s">
         <v>45</v>
       </c>
       <c r="E12" t="s">
         <v>46</v>
       </c>
       <c r="F12" t="s">
         <v>73</v>
       </c>
       <c r="G12" t="s">
         <v>48</v>
       </c>
       <c r="H12" t="s">
         <v>49</v>
       </c>
       <c r="I12" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J12" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="K12" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="L12" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="M12" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="N12" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O12" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="P12" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q12" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="R12" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="S12" t="s" s="5">
         <v>50</v>
       </c>
       <c r="T12" t="s" s="5">
         <v>50</v>
       </c>
       <c r="U12" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V12" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="W12" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="X12" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Y12" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z12" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AA12" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AB12" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AC12" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AD12" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AE12" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AF12" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AG12" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AH12" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AI12" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AJ12" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AK12" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AL12" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AM12" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AN12" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AO12" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AP12" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AQ12" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AR12" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AS12" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AT12" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
     </row>
     <row r="13">
       <c r="A13">
         <v>12</v>
       </c>
       <c r="B13" t="s">
         <v>74</v>
       </c>
       <c r="C13" t="inlineStr" s="4">
         <is>
           <t>6467Про Програму розвитку і підтримки агропромислового комплексу на території  Калуської міської територіальної громади на 2022-2027 роки</t>
         </is>
       </c>
       <c r="D13" t="s">
         <v>45</v>
       </c>
       <c r="E13" t="s">
         <v>46</v>
       </c>
       <c r="F13" t="s">
         <v>75</v>
       </c>
       <c r="G13" t="s">
         <v>48</v>
       </c>
       <c r="H13" t="s">
         <v>49</v>
       </c>
       <c r="I13" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J13" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="K13" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="L13" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="M13" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="N13" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O13" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="P13" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q13" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="R13" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="S13" t="s" s="5">
         <v>50</v>
       </c>
       <c r="T13" t="s" s="5">
         <v>50</v>
       </c>
       <c r="U13" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V13" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="W13" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="X13" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Y13" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z13" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA13" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AB13" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AC13" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AD13" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AE13" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AF13" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AG13" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AH13" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AI13" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ13" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AK13" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AL13" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AM13" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AN13" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AO13" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AP13" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AQ13" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AR13" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AS13" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AT13" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="14">
       <c r="A14">
         <v>13</v>
       </c>
       <c r="B14" t="s">
         <v>76</v>
       </c>
       <c r="C14" t="inlineStr" s="4">
         <is>
           <t>6468 Про   зміни до Програми підтримки інвестиційно-інноваційної діяльності та  міжнародного співробітництва Калуської міської територіальної громади на 2019-2022 роки</t>
         </is>
       </c>
       <c r="D14" t="s">
         <v>45</v>
       </c>
       <c r="E14" t="s">
         <v>46</v>
       </c>
       <c r="F14" t="s">
         <v>77</v>
       </c>
       <c r="G14" t="s">
         <v>48</v>
       </c>
       <c r="H14" t="s">
         <v>49</v>
       </c>
       <c r="I14" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J14" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="K14" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="L14" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="M14" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="N14" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="O14" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="P14" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q14" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R14" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="S14" t="s" s="5">
         <v>50</v>
       </c>
       <c r="T14" t="s" s="5">
         <v>50</v>
       </c>
       <c r="U14" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V14" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="W14" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="X14" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Y14" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z14" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA14" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AB14" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AC14" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AD14" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AE14" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AF14" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AG14" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AH14" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AI14" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ14" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AK14" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AL14" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AM14" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AN14" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AO14" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AP14" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AQ14" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AR14" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AS14" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AT14" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="15">
       <c r="A15">
         <v>14</v>
       </c>
       <c r="B15" t="s">
         <v>78</v>
       </c>
       <c r="C15" t="inlineStr" s="4">
         <is>
           <t>6469Про цільову програму підтримки індивідуального житлового будівництва на селі та поліпшення ​​​​​​​житлово-побутових умов сільського населення «Власний дім»  на 2022-2025 роки</t>
         </is>
       </c>
       <c r="D15" t="s">
         <v>45</v>
       </c>
       <c r="E15" t="s">
         <v>46</v>
       </c>
       <c r="F15" t="s">
         <v>77</v>
       </c>
       <c r="G15" t="s">
         <v>48</v>
       </c>
       <c r="H15" t="s">
         <v>49</v>
       </c>
       <c r="I15" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J15" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="K15" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="L15" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="M15" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="N15" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O15" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="P15" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q15" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R15" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="S15" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="T15" t="s" s="5">
         <v>50</v>
       </c>
       <c r="U15" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V15" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="W15" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X15" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Y15" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z15" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA15" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AB15" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AC15" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AD15" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AE15" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AF15" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AG15" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AH15" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AI15" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ15" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AK15" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AL15" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AM15" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AN15" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AO15" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AP15" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AQ15" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AR15" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AS15" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AT15" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="16">
       <c r="A16">
         <v>15</v>
       </c>
       <c r="B16" t="s">
         <v>79</v>
       </c>
       <c r="C16" t="inlineStr" s="4">
         <is>
           <t>6470Про Програму економічного і соціального розвитку Калуської міської територіальної громади на 2022-2025 роки</t>
         </is>
       </c>
       <c r="D16" t="s">
         <v>45</v>
       </c>
       <c r="E16" t="s">
         <v>46</v>
       </c>
       <c r="F16" t="s">
         <v>60</v>
       </c>
       <c r="G16" t="s">
         <v>48</v>
       </c>
       <c r="H16" t="s">
         <v>49</v>
       </c>
       <c r="I16" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J16" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="K16" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="L16" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="M16" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="N16" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O16" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="P16" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q16" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R16" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="S16" t="s" s="5">
         <v>50</v>
       </c>
       <c r="T16" t="s" s="5">
         <v>50</v>
       </c>
       <c r="U16" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V16" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="W16" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X16" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Y16" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z16" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA16" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AB16" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AC16" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AD16" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AE16" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AF16" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AG16" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AH16" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AI16" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ16" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AK16" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AL16" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AM16" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AN16" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AO16" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AP16" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AQ16" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AR16" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AS16" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AT16" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="17">
       <c r="A17">
         <v>16</v>
       </c>
       <c r="B17" t="s">
         <v>80</v>
       </c>
       <c r="C17" t="s" s="4">
         <v>81</v>
       </c>
       <c r="D17" t="s">
         <v>45</v>
       </c>
       <c r="E17" t="s">
         <v>46</v>
       </c>
       <c r="F17" t="s">
         <v>60</v>
       </c>
       <c r="G17" t="s">
         <v>48</v>
       </c>
       <c r="H17" t="s">
         <v>49</v>
       </c>
       <c r="I17" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J17" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="K17" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="L17" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="M17" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="N17" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O17" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="P17" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q17" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R17" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="S17" t="s" s="5">
         <v>50</v>
       </c>
       <c r="T17" t="s" s="5">
         <v>50</v>
       </c>
       <c r="U17" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V17" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="W17" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X17" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Y17" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z17" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA17" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AB17" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AC17" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AD17" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AE17" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AF17" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AG17" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AH17" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AI17" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ17" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AK17" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AL17" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AM17" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AN17" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AO17" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AP17" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AQ17" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AR17" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AS17" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AT17" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="18">
       <c r="A18">
         <v>17</v>
       </c>
       <c r="B18" t="s">
         <v>82</v>
       </c>
       <c r="C18" t="inlineStr" s="4">
         <is>
           <t>6472Про внесення змін до  Програми фінансової підтримки комунального підприємства «Калуське підприємство автобусних станцій» Калуської міської ради на  2021-2022 роки</t>
         </is>
       </c>
       <c r="D18" t="s">
         <v>45</v>
       </c>
       <c r="E18" t="s">
         <v>46</v>
       </c>
       <c r="F18" t="s">
         <v>47</v>
       </c>
       <c r="G18" t="s">
         <v>48</v>
       </c>
       <c r="H18" t="s">
         <v>49</v>
       </c>
       <c r="I18" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J18" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="K18" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="L18" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="M18" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="N18" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O18" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="P18" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q18" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R18" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="S18" t="s" s="5">
         <v>50</v>
       </c>
       <c r="T18" t="s" s="5">
         <v>50</v>
       </c>
       <c r="U18" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V18" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="W18" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X18" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Y18" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z18" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA18" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AB18" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AC18" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AD18" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AE18" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AF18" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AG18" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH18" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AI18" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ18" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AK18" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AL18" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AM18" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AN18" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO18" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AP18" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AQ18" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AR18" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AS18" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AT18" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="19">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19" t="s">
         <v>83</v>
       </c>
       <c r="C19" t="inlineStr" s="4">
         <is>
           <t>6473Про внесення змін до  Програми фінансової підтримки комунального підприємства «СПОРТ-АРЕНА» Калуської міської ради на 2021-2022 роки</t>
         </is>
       </c>
       <c r="D19" t="s">
         <v>45</v>
       </c>
       <c r="E19" t="s">
         <v>46</v>
       </c>
       <c r="F19" t="s">
         <v>77</v>
       </c>
       <c r="G19" t="s">
         <v>48</v>
       </c>
       <c r="H19" t="s">
         <v>54</v>
       </c>
       <c r="I19" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J19" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="K19" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="L19" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="M19" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="N19" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O19" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="P19" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q19" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R19" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="S19" t="s" s="5">
         <v>50</v>
       </c>
       <c r="T19" t="s" s="5">
         <v>50</v>
       </c>
       <c r="U19" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V19" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="W19" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X19" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Y19" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z19" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA19" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AB19" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AC19" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AD19" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AE19" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AF19" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AG19" t="s" s="5">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="AH19" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AI19" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ19" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AK19" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AL19" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AM19" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AN19" t="s" s="5">
-        <v>50</v>
+        <v>55</v>
       </c>
       <c r="AO19" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AP19" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AQ19" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AR19" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AS19" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AT19" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="20">
       <c r="A20">
         <v>19</v>
       </c>
       <c r="B20" t="s">
         <v>84</v>
       </c>
       <c r="C20" t="s" s="4">
         <v>85</v>
       </c>
       <c r="D20" t="s">
         <v>45</v>
       </c>
       <c r="E20" t="s">
         <v>46</v>
       </c>
       <c r="F20" t="s">
         <v>47</v>
       </c>
       <c r="G20" t="s">
         <v>48</v>
       </c>
       <c r="H20" t="s">
         <v>49</v>
       </c>
       <c r="I20" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J20" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="K20" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="L20" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="M20" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="N20" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O20" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="P20" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q20" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R20" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="S20" t="s" s="5">
         <v>50</v>
       </c>
       <c r="T20" t="s" s="5">
         <v>50</v>
       </c>
       <c r="U20" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V20" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="W20" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X20" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Y20" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z20" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA20" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AB20" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AC20" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AD20" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AE20" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF20" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AG20" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH20" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AI20" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ20" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AK20" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AL20" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AM20" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AN20" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO20" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AP20" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AQ20" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AR20" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AS20" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AT20" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
     </row>
     <row r="21">
       <c r="A21">
         <v>20</v>
       </c>
       <c r="B21" t="s">
         <v>86</v>
       </c>
       <c r="C21" t="s" s="4">
         <v>87</v>
       </c>
       <c r="D21" t="s">
         <v>45</v>
       </c>
       <c r="E21" t="s">
         <v>46</v>
       </c>
       <c r="F21" t="s">
         <v>77</v>
       </c>
       <c r="G21" t="s">
         <v>48</v>
       </c>
       <c r="H21" t="s">
         <v>49</v>
       </c>
       <c r="I21" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J21" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="K21" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="L21" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="M21" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="N21" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O21" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="P21" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q21" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R21" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="S21" t="s" s="5">
         <v>50</v>
       </c>
       <c r="T21" t="s" s="5">
         <v>50</v>
       </c>
       <c r="U21" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V21" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="W21" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X21" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="Y21" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z21" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA21" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AB21" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AC21" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AD21" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AE21" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF21" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AG21" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH21" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AI21" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AJ21" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AK21" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AL21" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AM21" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AN21" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO21" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AP21" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AQ21" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AR21" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AS21" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AT21" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
     </row>
     <row r="22">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22" t="s">
         <v>88</v>
       </c>
       <c r="C22" t="inlineStr" s="4">
         <is>
           <t>6476Про нову редакцію Статуту комунальної установи «Інклюзивно-ресурсний центр Калуської міської ради»</t>
         </is>
       </c>
       <c r="D22" t="s">
         <v>45</v>
       </c>
       <c r="E22" t="s">
         <v>46</v>
       </c>
       <c r="F22" t="s">
         <v>60</v>
       </c>
       <c r="G22" t="s">
         <v>48</v>
       </c>
       <c r="H22" t="s">
         <v>49</v>
       </c>
       <c r="I22" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J22" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="K22" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="L22" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="M22" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="N22" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O22" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="P22" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q22" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R22" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="S22" t="s" s="5">
         <v>50</v>
       </c>
       <c r="T22" t="s" s="5">
         <v>50</v>
       </c>
       <c r="U22" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V22" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="W22" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X22" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Y22" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z22" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA22" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AB22" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AC22" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AD22" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AE22" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AF22" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AG22" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH22" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AI22" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ22" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AK22" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AL22" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AM22" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AN22" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO22" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AP22" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AQ22" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AR22" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AS22" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AT22" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="23">
       <c r="A23">
         <v>22</v>
       </c>
       <c r="B23" t="s">
         <v>89</v>
       </c>
       <c r="C23" t="inlineStr" s="4">
         <is>
           <t>6477  Про  програму соціально-психологічної підтримки  родин учасників АТО/ООС , внутрішньо-переміщених осіб та сімей, які перебувають в складних життєвих обставинах на 2022-2024 роки</t>
         </is>
       </c>
       <c r="D23" t="s">
         <v>45</v>
       </c>
       <c r="E23" t="s">
         <v>46</v>
       </c>
       <c r="F23" t="s">
         <v>90</v>
       </c>
       <c r="G23" t="s">
         <v>48</v>
       </c>
       <c r="H23" t="s">
         <v>54</v>
       </c>
       <c r="I23" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J23" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="K23" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="L23" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M23" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="N23" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O23" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="P23" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q23" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R23" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="S23" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="T23" t="s" s="5">
         <v>50</v>
       </c>
       <c r="U23" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="V23" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="W23" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X23" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Y23" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z23" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA23" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AB23" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AC23" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AD23" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AE23" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF23" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AG23" t="s" s="5">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="AH23" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AI23" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ23" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AK23" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AL23" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AM23" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AN23" t="s" s="5">
-        <v>50</v>
+        <v>55</v>
       </c>
       <c r="AO23" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AP23" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AQ23" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AR23" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AS23" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AT23" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
     </row>
     <row r="24">
       <c r="A24">
         <v>23</v>
       </c>
       <c r="B24" t="s">
         <v>91</v>
       </c>
       <c r="C24" t="inlineStr" s="4">
         <is>
           <t>6478Про внесення змін до Програми охорони навколишнього природного середовища на 2020-2022 роки</t>
         </is>
       </c>
       <c r="D24" t="s">
         <v>45</v>
       </c>
       <c r="E24" t="s">
         <v>46</v>
       </c>
       <c r="F24" t="s">
         <v>47</v>
       </c>
       <c r="G24" t="s">
         <v>48</v>
       </c>
       <c r="H24" t="s">
         <v>49</v>
       </c>
       <c r="I24" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J24" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="K24" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="L24" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="M24" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="N24" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O24" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="P24" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q24" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R24" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="S24" t="s" s="5">
         <v>50</v>
       </c>
       <c r="T24" t="s" s="5">
         <v>50</v>
       </c>
       <c r="U24" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V24" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="W24" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="X24" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Y24" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z24" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA24" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AB24" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AC24" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AD24" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AE24" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF24" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AG24" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH24" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AI24" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ24" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AK24" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AL24" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AM24" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AN24" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO24" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AP24" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AQ24" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AR24" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AS24" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AT24" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="25">
       <c r="A25">
         <v>24</v>
       </c>
       <c r="B25" t="s">
         <v>92</v>
       </c>
       <c r="C25" t="inlineStr" s="4">
         <is>
           <t>6479Про внесення змін до `Програми профілактики злочинності, співробітництва із силовими структурами та громадськими формуваннями на 2020-2022 роки`</t>
         </is>
       </c>
       <c r="D25" t="s">
         <v>45</v>
       </c>
       <c r="E25" t="s">
         <v>46</v>
       </c>
       <c r="F25" t="s">
         <v>47</v>
       </c>
       <c r="G25" t="s">
         <v>48</v>
       </c>
       <c r="H25" t="s">
         <v>49</v>
       </c>
       <c r="I25" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J25" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="K25" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="L25" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="M25" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="N25" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O25" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="P25" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q25" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R25" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="S25" t="s" s="5">
         <v>50</v>
       </c>
       <c r="T25" t="s" s="5">
         <v>50</v>
       </c>
       <c r="U25" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V25" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="W25" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X25" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Y25" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z25" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA25" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AB25" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AC25" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AD25" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AE25" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF25" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AG25" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH25" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AI25" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ25" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AK25" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AL25" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AM25" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AN25" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO25" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AP25" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AQ25" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AR25" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AS25" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AT25" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
     </row>
     <row r="26">
       <c r="A26">
         <v>25</v>
       </c>
       <c r="B26" t="s">
         <v>93</v>
       </c>
       <c r="C26" t="inlineStr" s="4">
         <is>
           <t>6480Про  внесення змін в Програми реконструкції та будівництва мереж водопостачання Калуської міської територіальної громади на 2021-2022 роки</t>
         </is>
       </c>
       <c r="D26" t="s">
         <v>45</v>
       </c>
       <c r="E26" t="s">
         <v>46</v>
       </c>
       <c r="F26" t="s">
         <v>47</v>
       </c>
       <c r="G26" t="s">
         <v>48</v>
       </c>
       <c r="H26" t="s">
         <v>49</v>
       </c>
       <c r="I26" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J26" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="K26" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="L26" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="M26" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="N26" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O26" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="P26" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q26" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R26" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="S26" t="s" s="5">
         <v>50</v>
       </c>
       <c r="T26" t="s" s="5">
         <v>50</v>
       </c>
       <c r="U26" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V26" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="W26" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X26" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Y26" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z26" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA26" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AB26" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AC26" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AD26" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AE26" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF26" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AG26" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AH26" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AI26" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ26" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AK26" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AL26" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AM26" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AN26" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AO26" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AP26" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AQ26" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AR26" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AS26" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AT26" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="27">
       <c r="A27">
         <v>26</v>
       </c>
       <c r="B27" t="s">
         <v>94</v>
       </c>
       <c r="C27" t="inlineStr" s="4">
         <is>
           <t>6481Про внесення змін до Програми фінансової підтримки комунального підприємства «Калуська  енергетична  компанія» Калуської міської ради  на 2021  рік</t>
         </is>
       </c>
       <c r="D27" t="s">
         <v>45</v>
       </c>
       <c r="E27" t="s">
         <v>46</v>
       </c>
       <c r="F27" t="s">
         <v>77</v>
       </c>
       <c r="G27" t="s">
         <v>48</v>
       </c>
       <c r="H27" t="s">
         <v>54</v>
       </c>
       <c r="I27" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J27" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="K27" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="L27" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="M27" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="N27" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O27" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="P27" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q27" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="R27" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="S27" t="s" s="5">
         <v>50</v>
       </c>
       <c r="T27" t="s" s="5">
         <v>50</v>
       </c>
       <c r="U27" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V27" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="W27" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X27" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Y27" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z27" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AA27" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AB27" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AC27" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AD27" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AE27" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AF27" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AG27" t="s" s="5">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="AH27" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AI27" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ27" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AK27" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AL27" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AM27" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AN27" t="s" s="5">
-        <v>50</v>
+        <v>55</v>
       </c>
       <c r="AO27" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AP27" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AQ27" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AR27" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AS27" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AT27" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="28">
       <c r="A28">
         <v>27</v>
       </c>
       <c r="B28" t="s">
         <v>95</v>
       </c>
       <c r="C28" t="inlineStr" s="4">
         <is>
           <t>6482Про затвердження Програми фінансової підтримки комунального підприємства «Калуська енергетична Компанія» Калуської міської ради  на 2022  рік</t>
         </is>
       </c>
       <c r="D28" t="s">
         <v>45</v>
       </c>
       <c r="E28" t="s">
         <v>46</v>
       </c>
       <c r="F28" t="s">
         <v>60</v>
       </c>
       <c r="G28" t="s">
         <v>48</v>
       </c>
       <c r="H28" t="s">
         <v>49</v>
       </c>
       <c r="I28" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J28" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="K28" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="L28" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="M28" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="N28" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O28" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="P28" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q28" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R28" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="S28" t="s" s="5">
         <v>50</v>
       </c>
       <c r="T28" t="s" s="5">
         <v>50</v>
       </c>
       <c r="U28" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="V28" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="W28" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X28" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Y28" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z28" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA28" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AB28" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AC28" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AD28" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AE28" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF28" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AG28" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AH28" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AI28" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ28" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AK28" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AL28" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AM28" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AN28" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AO28" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AP28" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AQ28" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AR28" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AS28" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AT28" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="29">
       <c r="A29">
         <v>28</v>
       </c>
       <c r="B29" t="s">
         <v>96</v>
       </c>
       <c r="C29" t="inlineStr" s="4">
         <is>
           <t>6483Про Програму фінансової підтримки комунального підприємства «Управляюча компанія «Добродім» на  2022 рік</t>
         </is>
       </c>
       <c r="D29" t="s">
         <v>45</v>
       </c>
       <c r="E29" t="s">
         <v>46</v>
       </c>
       <c r="F29" t="s">
         <v>47</v>
       </c>
       <c r="G29" t="s">
         <v>48</v>
       </c>
       <c r="H29" t="s">
         <v>54</v>
       </c>
       <c r="I29" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J29" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="K29" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="L29" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="M29" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="N29" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O29" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="P29" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q29" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R29" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="S29" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="T29" t="s" s="5">
         <v>50</v>
       </c>
       <c r="U29" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V29" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="W29" t="s" s="5">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="X29" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Y29" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z29" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA29" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AB29" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AC29" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AD29" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AE29" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF29" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AG29" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH29" t="s" s="5">
-        <v>50</v>
+        <v>55</v>
       </c>
       <c r="AI29" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ29" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AK29" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AL29" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AM29" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AN29" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO29" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AP29" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AQ29" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AR29" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AS29" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AT29" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="30">
       <c r="A30">
         <v>29</v>
       </c>
       <c r="B30" t="s">
         <v>97</v>
       </c>
       <c r="C30" t="inlineStr" s="4">
         <is>
           <t>6484Про затвердження Програми здійснення Калуською міською радою внесків до статутних капіталів комунальних підприємств на 2022 рік</t>
         </is>
       </c>
       <c r="D30" t="s">
         <v>45</v>
       </c>
       <c r="E30" t="s">
         <v>46</v>
       </c>
       <c r="F30" t="s">
         <v>98</v>
       </c>
       <c r="G30" t="s">
         <v>48</v>
       </c>
       <c r="H30" t="s">
         <v>49</v>
       </c>
       <c r="I30" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J30" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K30" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="L30" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M30" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="N30" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O30" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="P30" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q30" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R30" t="s" s="5">
         <v>50</v>
       </c>
       <c r="S30" t="s" s="5">
         <v>50</v>
       </c>
       <c r="T30" t="s" s="5">
         <v>50</v>
       </c>
       <c r="U30" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V30" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="W30" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X30" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Y30" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z30" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AA30" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AB30" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AC30" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AD30" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AE30" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF30" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AG30" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH30" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AI30" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AJ30" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AK30" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AL30" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AM30" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AN30" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO30" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AP30" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AQ30" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AR30" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AS30" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AT30" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="31">
       <c r="A31">
         <v>30</v>
       </c>
       <c r="B31" t="s">
         <v>99</v>
       </c>
       <c r="C31" t="inlineStr" s="4">
         <is>
           <t>6485Про внесення   змін  до    Програма капітального ремонту та утримання об`єктів  благоустрою  і дорожньо – мостового  господарства  Калуської міської  територіальної  громади на 2021 рік</t>
         </is>
       </c>
       <c r="D31" t="s">
         <v>45</v>
       </c>
       <c r="E31" t="s">
         <v>46</v>
       </c>
       <c r="F31" t="s">
         <v>58</v>
       </c>
       <c r="G31" t="s">
         <v>48</v>
       </c>
       <c r="H31" t="s">
         <v>49</v>
       </c>
       <c r="I31" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J31" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K31" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="L31" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M31" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="N31" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O31" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="P31" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q31" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R31" t="s" s="5">
         <v>50</v>
       </c>
       <c r="S31" t="s" s="5">
         <v>50</v>
       </c>
       <c r="T31" t="s" s="5">
         <v>50</v>
       </c>
       <c r="U31" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V31" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="W31" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X31" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Y31" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z31" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA31" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AB31" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AC31" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AD31" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AE31" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF31" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AG31" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH31" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AI31" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AJ31" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AK31" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AL31" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AM31" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AN31" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO31" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AP31" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AQ31" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AR31" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AS31" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AT31" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="32">
       <c r="A32">
         <v>31</v>
       </c>
       <c r="B32" t="s">
         <v>100</v>
       </c>
       <c r="C32" t="inlineStr" s="4">
         <is>
           <t>6486Про внесення змін  до Програми капітального ремонту житлового фонду  Калуської територіальної громади на 2021-2023 роки</t>
         </is>
       </c>
       <c r="D32" t="s">
         <v>45</v>
       </c>
       <c r="E32" t="s">
         <v>46</v>
       </c>
       <c r="F32" t="s">
         <v>64</v>
       </c>
       <c r="G32" t="s">
         <v>48</v>
       </c>
       <c r="H32" t="s">
         <v>49</v>
       </c>
       <c r="I32" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J32" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K32" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="L32" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M32" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="N32" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O32" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="P32" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="Q32" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R32" t="s" s="5">
         <v>50</v>
       </c>
       <c r="S32" t="s" s="5">
         <v>50</v>
       </c>
       <c r="T32" t="s" s="5">
         <v>50</v>
       </c>
       <c r="U32" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V32" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="W32" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X32" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Y32" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z32" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA32" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AB32" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AC32" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AD32" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AE32" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF32" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AG32" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH32" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AI32" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AJ32" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AK32" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AL32" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AM32" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AN32" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO32" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AP32" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AQ32" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AR32" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AS32" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AT32" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="33">
       <c r="A33">
         <v>32</v>
       </c>
       <c r="B33" t="s">
         <v>101</v>
       </c>
       <c r="C33" t="inlineStr" s="4">
         <is>
           <t>6487Про  внесення змін до Програми стимулювання створення та підтримки об’єднань співвласників багатоквартирних будинків (ОСББ) в м. Калуші на 2020-2022 роки</t>
         </is>
       </c>
       <c r="D33" t="s">
         <v>45</v>
       </c>
       <c r="E33" t="s">
         <v>46</v>
       </c>
       <c r="F33" t="s">
         <v>58</v>
       </c>
       <c r="G33" t="s">
         <v>48</v>
       </c>
       <c r="H33" t="s">
         <v>49</v>
       </c>
       <c r="I33" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J33" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K33" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="L33" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M33" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="N33" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O33" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="P33" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="Q33" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R33" t="s" s="5">
         <v>50</v>
       </c>
       <c r="S33" t="s" s="5">
         <v>50</v>
       </c>
       <c r="T33" t="s" s="5">
         <v>50</v>
       </c>
       <c r="U33" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V33" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="W33" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X33" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Y33" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z33" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA33" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AB33" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AC33" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AD33" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE33" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF33" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AG33" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH33" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AI33" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AJ33" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AK33" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AL33" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AM33" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AN33" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO33" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AP33" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AQ33" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AR33" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AS33" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AT33" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="34">
       <c r="A34">
         <v>33</v>
       </c>
       <c r="B34" t="s">
         <v>102</v>
       </c>
       <c r="C34" t="inlineStr" s="4">
         <is>
           <t>6488 Про звернення Калуської міської ради до Кабінету Міністрів України щодо ціни на газ для гуртожитків</t>
         </is>
       </c>
       <c r="D34" t="s">
         <v>45</v>
       </c>
       <c r="E34" t="s">
         <v>46</v>
       </c>
       <c r="F34" t="s">
         <v>103</v>
       </c>
       <c r="G34" t="s">
         <v>48</v>
       </c>
       <c r="H34" t="s">
         <v>49</v>
       </c>
       <c r="I34" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J34" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K34" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="L34" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M34" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="N34" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O34" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="P34" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q34" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R34" t="s" s="5">
         <v>50</v>
       </c>
       <c r="S34" t="s" s="5">
         <v>50</v>
       </c>
       <c r="T34" t="s" s="5">
         <v>50</v>
       </c>
       <c r="U34" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V34" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="W34" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X34" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Y34" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z34" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA34" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AB34" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AC34" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AD34" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE34" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF34" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AG34" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AH34" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AI34" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AJ34" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AK34" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AL34" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AM34" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AN34" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO34" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AP34" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AQ34" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AR34" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AS34" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AT34" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="35">
       <c r="A35">
         <v>34</v>
       </c>
       <c r="B35" t="s">
         <v>104</v>
       </c>
       <c r="C35" t="inlineStr" s="4">
         <is>
           <t>6489Про внесення змін до Програми приватизації та управління комунальним майном на 2020-2022 роки</t>
         </is>
       </c>
       <c r="D35" t="s">
         <v>45</v>
       </c>
       <c r="E35" t="s">
         <v>46</v>
       </c>
       <c r="F35" t="s">
         <v>58</v>
       </c>
       <c r="G35" t="s">
         <v>48</v>
       </c>
       <c r="H35" t="s">
         <v>49</v>
       </c>
       <c r="I35" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J35" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K35" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="L35" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M35" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="N35" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O35" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="P35" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q35" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R35" t="s" s="5">
         <v>50</v>
       </c>
       <c r="S35" t="s" s="5">
         <v>50</v>
       </c>
       <c r="T35" t="s" s="5">
         <v>50</v>
       </c>
       <c r="U35" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V35" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="W35" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X35" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Y35" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z35" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA35" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AB35" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AC35" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AD35" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE35" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF35" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AG35" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AH35" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AI35" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AJ35" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AK35" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AL35" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AM35" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AN35" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO35" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AP35" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AQ35" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AR35" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AS35" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AT35" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
     </row>
     <row r="36">
       <c r="A36">
         <v>35</v>
       </c>
       <c r="B36" t="s">
         <v>105</v>
       </c>
       <c r="C36" t="inlineStr" s="4">
         <is>
           <t>6490Про внесення змін до Програми фінансування робіт у сфері земельних відносин Калуської міської територіальної громади на 2021-2023 рр.</t>
         </is>
       </c>
       <c r="D36" t="s">
         <v>45</v>
       </c>
       <c r="E36" t="s">
         <v>46</v>
       </c>
       <c r="F36" t="s">
         <v>106</v>
       </c>
       <c r="G36" t="s">
         <v>48</v>
       </c>
       <c r="H36" t="s">
         <v>49</v>
       </c>
       <c r="I36" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J36" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K36" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="L36" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M36" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="N36" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O36" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="P36" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q36" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R36" t="s" s="5">
         <v>50</v>
       </c>
       <c r="S36" t="s" s="5">
         <v>50</v>
       </c>
       <c r="T36" t="s" s="5">
         <v>50</v>
       </c>
       <c r="U36" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V36" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="W36" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X36" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Y36" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z36" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA36" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AB36" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AC36" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AD36" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE36" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF36" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AG36" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH36" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AI36" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AJ36" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AK36" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AL36" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AM36" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AN36" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO36" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AP36" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AQ36" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AR36" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AS36" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AT36" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="37">
       <c r="A37">
         <v>36</v>
       </c>
       <c r="B37" t="s">
         <v>107</v>
       </c>
       <c r="C37" t="inlineStr" s="4">
         <is>
           <t>6491Про Програму управління місцевим боргом бюджету Калуської міської територіальної громади на 2022 рік</t>
         </is>
       </c>
       <c r="D37" t="s">
         <v>45</v>
       </c>
       <c r="E37" t="s">
         <v>46</v>
       </c>
       <c r="F37" t="s">
         <v>106</v>
       </c>
       <c r="G37" t="s">
         <v>48</v>
       </c>
       <c r="H37" t="s">
         <v>49</v>
       </c>
       <c r="I37" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J37" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K37" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="L37" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M37" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="N37" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O37" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="P37" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q37" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R37" t="s" s="5">
         <v>50</v>
       </c>
       <c r="S37" t="s" s="5">
         <v>50</v>
       </c>
       <c r="T37" t="s" s="5">
         <v>50</v>
       </c>
       <c r="U37" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V37" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="W37" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X37" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Y37" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z37" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA37" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AB37" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AC37" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AD37" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE37" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF37" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AG37" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH37" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AI37" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AJ37" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AK37" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AL37" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AM37" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AN37" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO37" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AP37" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AQ37" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AR37" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AS37" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AT37" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="38">
       <c r="A38">
         <v>37</v>
       </c>
       <c r="B38" t="s">
         <v>108</v>
       </c>
       <c r="C38" t="inlineStr" s="4">
         <is>
           <t>6492Про затвердження звіту про виконання бюджету Калуської міської територіальної громади за 9 місяців 2021 року  </t>
         </is>
       </c>
       <c r="D38" t="s">
         <v>45</v>
       </c>
       <c r="E38" t="s">
         <v>46</v>
       </c>
       <c r="F38" t="s">
         <v>103</v>
       </c>
       <c r="G38" t="s">
         <v>48</v>
       </c>
       <c r="H38" t="s">
         <v>54</v>
       </c>
       <c r="I38" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J38" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K38" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="L38" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M38" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="N38" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O38" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="P38" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q38" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R38" t="s" s="5">
         <v>50</v>
       </c>
       <c r="S38" t="s" s="5">
         <v>50</v>
       </c>
       <c r="T38" t="s" s="5">
         <v>50</v>
       </c>
       <c r="U38" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V38" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="W38" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X38" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Y38" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z38" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA38" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AB38" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AC38" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD38" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE38" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF38" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AG38" t="s" s="5">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="AH38" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AI38" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ38" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AK38" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AL38" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AM38" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AN38" t="s" s="5">
-        <v>50</v>
+        <v>55</v>
       </c>
       <c r="AO38" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AP38" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AQ38" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AR38" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AS38" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AT38" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="39">
       <c r="A39">
         <v>38</v>
       </c>
       <c r="B39" t="s">
         <v>109</v>
       </c>
       <c r="C39" t="s" s="4">
         <v>110</v>
       </c>
       <c r="D39" t="s">
         <v>45</v>
       </c>
       <c r="E39" t="s">
         <v>46</v>
       </c>
       <c r="F39" t="s">
         <v>103</v>
       </c>
       <c r="G39" t="s">
         <v>48</v>
       </c>
       <c r="H39" t="s">
         <v>49</v>
       </c>
       <c r="I39" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J39" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K39" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="L39" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="M39" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="N39" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O39" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="P39" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q39" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R39" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="S39" t="s" s="5">
         <v>50</v>
       </c>
       <c r="T39" t="s" s="5">
         <v>50</v>
       </c>
       <c r="U39" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V39" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="W39" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X39" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Y39" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z39" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA39" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AB39" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AC39" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AD39" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE39" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF39" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AG39" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH39" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AI39" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ39" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AK39" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AL39" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AM39" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AN39" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO39" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AP39" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AQ39" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR39" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AS39" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AT39" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="40">
       <c r="A40">
         <v>39</v>
       </c>
       <c r="B40" t="s">
         <v>111</v>
       </c>
       <c r="C40" t="inlineStr" s="4">
         <is>
           <t>6495Про надання в оренду нерухомого майна Громадській спілці Громадському об’єднанню Калущини учасників бойових дій (АТО) на сході України імені Романа Шухевича  </t>
         </is>
       </c>
       <c r="D40" t="s">
         <v>45</v>
       </c>
       <c r="E40" t="s">
         <v>46</v>
       </c>
       <c r="F40" t="s">
         <v>106</v>
       </c>
       <c r="G40" t="s">
         <v>48</v>
       </c>
       <c r="H40" t="s">
         <v>49</v>
       </c>
       <c r="I40" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J40" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K40" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="L40" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M40" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="N40" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O40" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="P40" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q40" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R40" t="s" s="5">
         <v>50</v>
       </c>
       <c r="S40" t="s" s="5">
         <v>50</v>
       </c>
       <c r="T40" t="s" s="5">
         <v>50</v>
       </c>
       <c r="U40" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V40" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="W40" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X40" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="Y40" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z40" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA40" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AB40" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AC40" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD40" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE40" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF40" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AG40" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH40" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AI40" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AJ40" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AK40" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AL40" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AM40" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AN40" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO40" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AP40" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AQ40" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AR40" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AS40" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AT40" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="41">
       <c r="A41">
         <v>40</v>
       </c>
       <c r="B41" t="s">
         <v>112</v>
       </c>
       <c r="C41" t="inlineStr" s="4">
         <is>
           <t>6496Про затвердження Акта приймання-передачі майна Калуської спеціальної загальноосвітньої школи-інтернату І-ІІІ ступенів №2 Івано-Франківської обласної ради</t>
         </is>
       </c>
       <c r="D41" t="s">
         <v>45</v>
       </c>
       <c r="E41" t="s">
         <v>46</v>
       </c>
       <c r="F41" t="s">
         <v>58</v>
       </c>
       <c r="G41" t="s">
         <v>48</v>
       </c>
       <c r="H41" t="s">
         <v>49</v>
       </c>
       <c r="I41" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J41" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="K41" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="L41" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M41" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="N41" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O41" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="P41" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q41" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R41" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="S41" t="s" s="5">
         <v>50</v>
       </c>
       <c r="T41" t="s" s="5">
         <v>50</v>
       </c>
       <c r="U41" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V41" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="W41" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X41" t="s" s="5">
         <v>51</v>
       </c>
       <c r="Y41" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z41" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA41" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AB41" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AC41" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD41" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE41" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF41" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AG41" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH41" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AI41" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AJ41" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AK41" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AL41" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AM41" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AN41" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO41" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AP41" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AQ41" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AR41" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AS41" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AT41" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="42">
       <c r="A42">
         <v>41</v>
       </c>
       <c r="B42" t="s">
         <v>113</v>
       </c>
       <c r="C42" t="s" s="4">
         <v>114</v>
       </c>
       <c r="D42" t="s">
         <v>45</v>
       </c>
       <c r="E42" t="s">
         <v>46</v>
       </c>
       <c r="F42" t="s">
         <v>47</v>
       </c>
       <c r="G42" t="s">
         <v>48</v>
       </c>
       <c r="H42" t="s">
         <v>49</v>
       </c>
       <c r="I42" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J42" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="K42" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="L42" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M42" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="N42" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O42" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="P42" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q42" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R42" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="S42" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="T42" t="s" s="5">
         <v>50</v>
       </c>
       <c r="U42" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V42" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="W42" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X42" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Y42" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z42" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA42" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AB42" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AC42" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AD42" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AE42" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AF42" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AG42" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH42" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AI42" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AJ42" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AK42" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AL42" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AM42" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AN42" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO42" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AP42" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AQ42" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AR42" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AS42" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AT42" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="43">
       <c r="A43">
         <v>42</v>
       </c>
       <c r="B43" t="s">
         <v>115</v>
       </c>
       <c r="C43" t="s" s="4">
         <v>116</v>
       </c>
       <c r="D43" t="s">
         <v>45</v>
       </c>
       <c r="E43" t="s">
         <v>46</v>
       </c>
       <c r="F43" t="s">
         <v>98</v>
       </c>
       <c r="G43" t="s">
         <v>48</v>
       </c>
       <c r="H43" t="s">
         <v>49</v>
       </c>
       <c r="I43" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J43" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="K43" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="L43" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M43" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="N43" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O43" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="P43" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q43" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R43" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="S43" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="T43" t="s" s="5">
         <v>50</v>
       </c>
       <c r="U43" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V43" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="W43" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X43" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Y43" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z43" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA43" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AB43" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AC43" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD43" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AE43" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AF43" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AG43" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH43" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AI43" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ43" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AK43" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AL43" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AM43" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AN43" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO43" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AP43" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AQ43" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR43" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AS43" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AT43" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="44">
       <c r="A44">
         <v>43</v>
       </c>
       <c r="B44" t="s">
         <v>117</v>
       </c>
       <c r="C44" t="inlineStr" s="4">
         <is>
           <t>6499  Про затвердження проекту детального планування території щодо зміни цільового призначення земельної ділянки для будівництва житлового будинку, господарських будівель та споруд на вул.</t>
         </is>
       </c>
       <c r="D44" t="s">
         <v>45</v>
       </c>
       <c r="E44" t="s">
         <v>46</v>
       </c>
       <c r="F44" t="s">
         <v>64</v>
       </c>
       <c r="G44" t="s">
         <v>48</v>
       </c>
       <c r="H44" t="s">
         <v>49</v>
       </c>
       <c r="I44" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J44" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="K44" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="L44" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M44" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="N44" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O44" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="P44" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q44" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R44" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="S44" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="T44" t="s" s="5">
         <v>50</v>
       </c>
       <c r="U44" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V44" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="W44" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X44" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Y44" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z44" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA44" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AB44" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AC44" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD44" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AE44" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AF44" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AG44" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH44" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AI44" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ44" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AK44" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AL44" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AM44" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AN44" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO44" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AP44" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AQ44" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AR44" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AS44" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AT44" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="45">
       <c r="A45">
         <v>44</v>
       </c>
       <c r="B45" t="s">
         <v>118</v>
       </c>
       <c r="C45" t="inlineStr" s="4">
         <is>
           <t>6500Про надання дозволу на розроблення проекту детального планування території для реконструкції магазину-кафе на вул. Б.Хмельницького, 46-А в м. Калуші</t>
         </is>
       </c>
       <c r="D45" t="s">
         <v>45</v>
       </c>
       <c r="E45" t="s">
         <v>46</v>
       </c>
       <c r="F45" t="s">
         <v>47</v>
       </c>
       <c r="G45" t="s">
         <v>48</v>
       </c>
       <c r="H45" t="s">
         <v>49</v>
       </c>
       <c r="I45" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J45" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="K45" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="L45" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M45" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="N45" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O45" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="P45" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q45" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R45" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="S45" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="T45" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="U45" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V45" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="W45" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X45" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="Y45" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z45" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA45" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AB45" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AC45" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD45" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AE45" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AF45" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AG45" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH45" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AI45" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AJ45" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AK45" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AL45" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AM45" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AN45" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO45" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AP45" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AQ45" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AR45" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AS45" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AT45" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="46">
       <c r="A46">
         <v>45</v>
       </c>
       <c r="B46" t="s">
         <v>119</v>
       </c>
       <c r="C46" t="inlineStr" s="4">
         <is>
           <t>6501Про надання дозволу на розроблення проекту детального планування території для будівництва житлового будинку господарських будівель та споруд в с/т «Берізка» в м. Калуші</t>
         </is>
       </c>
       <c r="D46" t="s">
         <v>45</v>
       </c>
       <c r="E46" t="s">
         <v>46</v>
       </c>
       <c r="F46" t="s">
         <v>98</v>
       </c>
       <c r="G46" t="s">
         <v>48</v>
       </c>
       <c r="H46" t="s">
         <v>49</v>
       </c>
       <c r="I46" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J46" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="K46" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="L46" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M46" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="N46" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O46" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="P46" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q46" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R46" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="S46" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="T46" t="s" s="5">
         <v>50</v>
       </c>
       <c r="U46" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V46" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="W46" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="X46" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Y46" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z46" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA46" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AB46" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AC46" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD46" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AE46" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AF46" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AG46" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH46" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AI46" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ46" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AK46" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AL46" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AM46" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AN46" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO46" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AP46" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AQ46" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AR46" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AS46" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AT46" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="47">
       <c r="A47">
         <v>46</v>
       </c>
       <c r="B47" t="s">
         <v>120</v>
       </c>
       <c r="C47" t="s" s="4">
         <v>121</v>
       </c>
       <c r="D47" t="s">
         <v>45</v>
       </c>
       <c r="E47" t="s">
         <v>46</v>
       </c>
       <c r="F47" t="s">
         <v>47</v>
       </c>
       <c r="G47" t="s">
         <v>48</v>
       </c>
       <c r="H47" t="s">
         <v>49</v>
       </c>
       <c r="I47" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J47" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="K47" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="L47" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M47" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="N47" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="O47" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="P47" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q47" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R47" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="S47" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="T47" t="s" s="5">
         <v>50</v>
       </c>
       <c r="U47" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V47" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="W47" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X47" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Y47" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z47" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA47" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AB47" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AC47" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD47" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AE47" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AF47" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AG47" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AH47" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AI47" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ47" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AK47" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AL47" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AM47" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AN47" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AO47" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AP47" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AQ47" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AR47" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AS47" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AT47" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="48">
       <c r="A48">
         <v>47</v>
       </c>
       <c r="B48" t="s">
         <v>122</v>
       </c>
       <c r="C48" t="inlineStr" s="4">
         <is>
           <t>6503Про затвердження проекту  детального плану території для будівництва житлового будинку, господарських будівель та споруд на вул. Братів Дяченків, 2  в м. Калуші.</t>
         </is>
       </c>
       <c r="D48" t="s">
         <v>45</v>
       </c>
       <c r="E48" t="s">
         <v>46</v>
       </c>
       <c r="F48" t="s">
         <v>98</v>
       </c>
       <c r="G48" t="s">
         <v>48</v>
       </c>
       <c r="H48" t="s">
         <v>49</v>
       </c>
       <c r="I48" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J48" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="K48" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="L48" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M48" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="N48" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="O48" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="P48" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q48" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R48" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="S48" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="T48" t="s" s="5">
         <v>50</v>
       </c>
       <c r="U48" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V48" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="W48" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X48" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Y48" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z48" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA48" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AB48" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AC48" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD48" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AE48" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AF48" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AG48" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH48" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AI48" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ48" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AK48" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AL48" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AM48" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AN48" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO48" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AP48" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AQ48" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AR48" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AS48" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AT48" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="49">
       <c r="A49">
         <v>48</v>
       </c>
       <c r="B49" t="s">
         <v>123</v>
       </c>
       <c r="C49" t="s" s="4">
         <v>124</v>
       </c>
       <c r="D49" t="s">
         <v>125</v>
       </c>
       <c r="E49" t="s">
         <v>46</v>
       </c>
       <c r="F49" t="s">
         <v>64</v>
       </c>
       <c r="G49" t="s">
         <v>48</v>
       </c>
       <c r="H49" t="s">
         <v>49</v>
       </c>
       <c r="I49" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J49" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="K49" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="L49" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="M49" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="N49" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O49" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="P49" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q49" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R49" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="S49" t="s" s="5">
         <v>50</v>
       </c>
       <c r="T49" t="s" s="5">
         <v>50</v>
       </c>
       <c r="U49" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V49" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="W49" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X49" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Y49" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z49" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA49" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AB49" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AC49" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AD49" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AE49" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AF49" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AG49" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH49" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AI49" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ49" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AK49" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AL49" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AM49" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AN49" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO49" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AP49" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AQ49" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AR49" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AS49" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AT49" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="50">
       <c r="A50">
         <v>49</v>
       </c>
       <c r="B50" t="s">
         <v>126</v>
       </c>
       <c r="C50" t="s" s="4">
         <v>127</v>
       </c>
       <c r="D50" t="s">
         <v>128</v>
       </c>
       <c r="E50" t="s">
         <v>46</v>
       </c>
       <c r="F50" t="s">
         <v>58</v>
       </c>
       <c r="G50" t="s">
         <v>48</v>
       </c>
       <c r="H50" t="s">
         <v>49</v>
       </c>
       <c r="I50" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J50" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="K50" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="L50" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M50" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="N50" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O50" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="P50" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q50" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R50" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="S50" t="s" s="5">
         <v>50</v>
       </c>
       <c r="T50" t="s" s="5">
         <v>50</v>
       </c>
       <c r="U50" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V50" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="W50" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X50" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Y50" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z50" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA50" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AB50" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AC50" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD50" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AE50" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AF50" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AG50" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH50" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AI50" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ50" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AK50" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AL50" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AM50" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AN50" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO50" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AP50" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AQ50" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AR50" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AS50" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AT50" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="51">
       <c r="A51">
         <v>50</v>
       </c>
       <c r="B51" t="s">
         <v>129</v>
       </c>
       <c r="C51" t="s" s="4">
         <v>130</v>
       </c>
       <c r="D51" t="s">
         <v>45</v>
       </c>
       <c r="E51" t="s">
         <v>46</v>
       </c>
       <c r="F51" t="s">
         <v>98</v>
       </c>
       <c r="G51" t="s">
         <v>48</v>
       </c>
       <c r="H51" t="s">
         <v>49</v>
       </c>
       <c r="I51" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J51" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="K51" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="L51" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="M51" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="N51" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O51" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="P51" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q51" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R51" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="S51" t="s" s="5">
         <v>50</v>
       </c>
       <c r="T51" t="s" s="5">
         <v>50</v>
       </c>
       <c r="U51" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="V51" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="W51" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X51" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Y51" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z51" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AA51" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AB51" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AC51" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD51" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE51" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AF51" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AG51" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH51" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AI51" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ51" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AK51" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AL51" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AM51" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AN51" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO51" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AP51" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AQ51" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AR51" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AS51" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AT51" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="52">
       <c r="A52">
         <v>51</v>
       </c>
       <c r="B52" t="s">
         <v>131</v>
       </c>
       <c r="C52" t="inlineStr" s="4">
         <is>
           <t>6507Про розгляд звернень громадян  щодо затвердження документацій із землеустрою для ведення садівництва</t>
         </is>
       </c>
       <c r="D52" t="s">
         <v>45</v>
       </c>
       <c r="E52" t="s">
         <v>46</v>
       </c>
       <c r="F52" t="s">
         <v>64</v>
       </c>
       <c r="G52" t="s">
         <v>48</v>
       </c>
       <c r="H52" t="s">
         <v>49</v>
       </c>
       <c r="I52" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J52" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="K52" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="L52" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M52" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="N52" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O52" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="P52" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q52" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R52" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="S52" t="s" s="5">
         <v>50</v>
       </c>
       <c r="T52" t="s" s="5">
         <v>50</v>
       </c>
       <c r="U52" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V52" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="W52" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X52" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Y52" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z52" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA52" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AB52" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AC52" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD52" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE52" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AF52" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AG52" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AH52" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AI52" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ52" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AK52" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AL52" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AM52" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AN52" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO52" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AP52" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AQ52" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AR52" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AS52" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AT52" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="53">
       <c r="A53">
         <v>52</v>
       </c>
       <c r="B53" t="s">
         <v>132</v>
       </c>
       <c r="C53" t="inlineStr" s="4">
         <is>
           <t>6508Про розгляд звернень громадян щодо затвердження документацій із землеустрою для ведення товарного сільськогосподарського виробництва</t>
         </is>
       </c>
       <c r="D53" t="s">
         <v>45</v>
       </c>
       <c r="E53" t="s">
         <v>46</v>
       </c>
       <c r="F53" t="s">
         <v>64</v>
       </c>
       <c r="G53" t="s">
         <v>48</v>
       </c>
       <c r="H53" t="s">
         <v>49</v>
       </c>
       <c r="I53" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J53" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K53" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="L53" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M53" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="N53" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O53" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="P53" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q53" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R53" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="S53" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="T53" t="s" s="5">
         <v>50</v>
       </c>
       <c r="U53" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V53" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="W53" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X53" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Y53" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z53" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA53" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AB53" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AC53" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD53" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AE53" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AF53" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AG53" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH53" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AI53" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ53" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AK53" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AL53" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AM53" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AN53" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO53" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AP53" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AQ53" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AR53" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AS53" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AT53" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="54">
       <c r="A54">
         <v>53</v>
       </c>
       <c r="B54" t="s">
         <v>133</v>
       </c>
       <c r="C54" t="inlineStr" s="4">
         <is>
           <t>6509Про розгляд звернень громадян щодо надання дозволів на розроблення документацій  із землеустрою</t>
         </is>
       </c>
       <c r="D54" t="s">
         <v>125</v>
       </c>
       <c r="E54" t="s">
         <v>46</v>
       </c>
       <c r="F54" t="s">
         <v>103</v>
       </c>
       <c r="G54" t="s">
         <v>48</v>
       </c>
       <c r="H54" t="s">
         <v>49</v>
       </c>
       <c r="I54" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J54" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K54" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="L54" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M54" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="N54" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O54" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="P54" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q54" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R54" t="s" s="5">
         <v>50</v>
       </c>
       <c r="S54" t="s" s="5">
         <v>50</v>
       </c>
       <c r="T54" t="s" s="5">
         <v>50</v>
       </c>
       <c r="U54" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V54" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="W54" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X54" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Y54" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z54" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA54" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AB54" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AC54" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD54" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AE54" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AF54" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AG54" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AH54" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AI54" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ54" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AK54" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AL54" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AM54" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AN54" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO54" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AP54" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AQ54" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AR54" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AS54" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AT54" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="55">
       <c r="A55">
         <v>54</v>
       </c>
       <c r="B55" t="s">
         <v>134</v>
       </c>
       <c r="C55" t="s" s="4">
         <v>135</v>
       </c>
       <c r="D55" t="s">
         <v>128</v>
       </c>
       <c r="E55" t="s">
         <v>46</v>
       </c>
       <c r="F55" t="s">
         <v>64</v>
       </c>
       <c r="G55" t="s">
         <v>48</v>
       </c>
       <c r="H55" t="s">
         <v>49</v>
       </c>
       <c r="I55" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J55" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K55" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="L55" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M55" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="N55" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="O55" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="P55" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q55" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="R55" t="s" s="5">
         <v>50</v>
       </c>
       <c r="S55" t="s" s="5">
         <v>50</v>
       </c>
       <c r="T55" t="s" s="5">
         <v>50</v>
       </c>
       <c r="U55" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="V55" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="W55" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X55" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Y55" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z55" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AA55" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AB55" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AC55" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD55" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE55" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AF55" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AG55" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AH55" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AI55" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ55" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AK55" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AL55" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AM55" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AN55" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO55" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AP55" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AQ55" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AR55" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AS55" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AT55" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="56">
       <c r="A56">
         <v>55</v>
       </c>
       <c r="B56" t="s">
         <v>136</v>
       </c>
       <c r="C56" t="inlineStr" s="4">
         <is>
           <t>6511Про розгляд звернень громадян щодо надання дозволів на розроблення документацій  із землеустрою</t>
         </is>
       </c>
       <c r="D56" t="s">
         <v>45</v>
       </c>
       <c r="E56" t="s">
         <v>46</v>
       </c>
       <c r="F56" t="s">
         <v>58</v>
       </c>
       <c r="G56" t="s">
         <v>48</v>
       </c>
       <c r="H56" t="s">
         <v>49</v>
       </c>
       <c r="I56" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J56" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K56" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="L56" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M56" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="N56" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O56" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="P56" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q56" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="R56" t="s" s="5">
         <v>50</v>
       </c>
       <c r="S56" t="s" s="5">
         <v>50</v>
       </c>
       <c r="T56" t="s" s="5">
         <v>50</v>
       </c>
       <c r="U56" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V56" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="W56" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X56" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Y56" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z56" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AA56" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AB56" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AC56" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD56" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE56" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AF56" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AG56" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH56" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AI56" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ56" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AK56" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AL56" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AM56" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AN56" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO56" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AP56" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AQ56" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AR56" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AS56" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AT56" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
     </row>
     <row r="57">
       <c r="A57">
         <v>56</v>
       </c>
       <c r="B57" t="s">
         <v>137</v>
       </c>
       <c r="C57" t="inlineStr" s="4">
         <is>
           <t>6512Про продовження (поновлення) договорів оренди земельних  ділянок суб’єктам підприємницької  діяльності</t>
         </is>
       </c>
       <c r="D57" t="s">
         <v>125</v>
       </c>
       <c r="E57" t="s">
         <v>46</v>
       </c>
       <c r="F57" t="s">
         <v>106</v>
       </c>
       <c r="G57" t="s">
         <v>48</v>
       </c>
       <c r="H57" t="s">
         <v>49</v>
       </c>
       <c r="I57" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J57" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K57" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="L57" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M57" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="N57" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O57" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="P57" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q57" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R57" t="s" s="5">
         <v>50</v>
       </c>
       <c r="S57" t="s" s="5">
         <v>50</v>
       </c>
       <c r="T57" t="s" s="5">
         <v>50</v>
       </c>
       <c r="U57" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V57" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="W57" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X57" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Y57" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z57" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA57" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AB57" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AC57" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD57" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AE57" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AF57" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AG57" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH57" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AI57" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ57" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AK57" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AL57" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AM57" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AN57" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO57" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AP57" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AQ57" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AR57" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AS57" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AT57" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="58">
       <c r="A58">
         <v>57</v>
       </c>
       <c r="B58" t="s">
         <v>138</v>
       </c>
       <c r="C58" t="s" s="4">
         <v>139</v>
       </c>
       <c r="D58" t="s">
         <v>128</v>
       </c>
       <c r="E58" t="s">
         <v>46</v>
       </c>
       <c r="F58" t="s">
         <v>58</v>
       </c>
       <c r="G58" t="s">
         <v>48</v>
       </c>
       <c r="H58" t="s">
         <v>49</v>
       </c>
       <c r="I58" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J58" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="K58" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="L58" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M58" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="N58" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O58" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="P58" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q58" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R58" t="s" s="5">
         <v>50</v>
       </c>
       <c r="S58" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="T58" t="s" s="5">
         <v>50</v>
       </c>
       <c r="U58" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="V58" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="W58" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X58" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Y58" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z58" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA58" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AB58" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AC58" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD58" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE58" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AF58" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AG58" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AH58" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AI58" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ58" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AK58" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AL58" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AM58" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AN58" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AO58" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AP58" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AQ58" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AR58" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AS58" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AT58" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="59">
       <c r="A59">
         <v>58</v>
       </c>
       <c r="B59" t="s">
         <v>140</v>
       </c>
       <c r="C59" t="inlineStr" s="4">
         <is>
           <t>6516Про продовження (поновлення) договорів оренди земельних  ділянок суб’єктам підприємницької  діяльності</t>
         </is>
       </c>
       <c r="D59" t="s">
         <v>45</v>
       </c>
       <c r="E59" t="s">
         <v>46</v>
       </c>
       <c r="F59" t="s">
         <v>75</v>
       </c>
       <c r="G59" t="s">
         <v>48</v>
       </c>
       <c r="H59" t="s">
         <v>49</v>
       </c>
       <c r="I59" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J59" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="K59" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="L59" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="M59" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="N59" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O59" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="P59" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q59" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R59" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="S59" t="s" s="5">
         <v>50</v>
       </c>
       <c r="T59" t="s" s="5">
         <v>50</v>
       </c>
       <c r="U59" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V59" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="W59" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="X59" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Y59" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="Z59" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA59" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AB59" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AC59" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AD59" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AE59" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AF59" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AG59" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH59" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AI59" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AJ59" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AK59" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AL59" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AM59" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AN59" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AO59" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AP59" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AQ59" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AR59" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AS59" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AT59" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
     </row>
     <row r="60">
       <c r="A60">
         <v>59</v>
       </c>
       <c r="B60" t="s">
         <v>141</v>
       </c>
       <c r="C60" t="inlineStr" s="4">
         <is>
           <t>6517Про продовження (поновлення) договорів ​​​​​​​оренди земельних  ділянок для ведення городництва</t>
         </is>
       </c>
       <c r="D60" t="s">
         <v>45</v>
       </c>
       <c r="E60" t="s">
         <v>70</v>
       </c>
       <c r="F60" t="s">
         <v>142</v>
       </c>
       <c r="G60" t="s">
         <v>48</v>
       </c>
       <c r="H60" t="s">
         <v>143</v>
       </c>
       <c r="I60" t="s" s="5">
         <v>55</v>
       </c>
       <c r="J60" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K60" t="s" s="5">
-        <v>55</v>
+        <v>52</v>
       </c>
       <c r="L60" t="s" s="5">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="M60" t="s" s="5">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="N60" t="s" s="5">
         <v>55</v>
       </c>
       <c r="O60" t="s" s="5">
-        <v>55</v>
+        <v>52</v>
       </c>
       <c r="P60" t="s" s="5">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="Q60" t="s" s="5">
         <v>55</v>
       </c>
       <c r="R60" t="s" s="5">
-        <v>51</v>
+        <v>55</v>
       </c>
       <c r="S60" t="s" s="5">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="T60" t="s" s="5">
         <v>55</v>
       </c>
       <c r="U60" t="s" s="5">
         <v>55</v>
       </c>
       <c r="V60" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="W60" t="s" s="5">
-        <v>51</v>
+        <v>55</v>
       </c>
       <c r="X60" t="s" s="5">
-        <v>50</v>
+        <v>55</v>
       </c>
       <c r="Y60" t="s" s="5">
         <v>55</v>
       </c>
       <c r="Z60" t="s" s="5">
-        <v>50</v>
+        <v>55</v>
       </c>
       <c r="AA60" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AB60" t="s" s="5">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="AC60" t="s" s="5">
-        <v>51</v>
+        <v>55</v>
       </c>
       <c r="AD60" t="s" s="5">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="AE60" t="s" s="5">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="AF60" t="s" s="5">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="AG60" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH60" t="s" s="5">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="AI60" t="s" s="5">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="AJ60" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AK60" t="s" s="5">
-        <v>51</v>
+        <v>55</v>
       </c>
       <c r="AL60" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AM60" t="s" s="5">
-        <v>50</v>
+        <v>55</v>
       </c>
       <c r="AN60" t="s" s="5">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="AO60" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AP60" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AQ60" t="s" s="5">
-        <v>55</v>
+        <v>52</v>
       </c>
       <c r="AR60" t="s" s="5">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="AS60" t="s" s="5">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="AT60" t="s" s="5">
-        <v>55</v>
+        <v>50</v>
       </c>
     </row>
     <row r="61">
       <c r="A61">
         <v>60</v>
       </c>
       <c r="B61" t="s">
         <v>144</v>
       </c>
       <c r="C61" t="s" s="4">
         <v>145</v>
       </c>
       <c r="D61" t="s">
         <v>45</v>
       </c>
       <c r="E61" t="s">
         <v>46</v>
       </c>
       <c r="F61" t="s">
         <v>98</v>
       </c>
       <c r="G61" t="s">
         <v>48</v>
       </c>
       <c r="H61" t="s">
         <v>54</v>
       </c>
       <c r="I61" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J61" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="K61" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="L61" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="M61" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="N61" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O61" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="P61" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q61" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R61" t="s" s="5">
         <v>50</v>
       </c>
       <c r="S61" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="T61" t="s" s="5">
         <v>50</v>
       </c>
       <c r="U61" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V61" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="W61" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X61" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Y61" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="Z61" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA61" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AB61" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AC61" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AD61" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE61" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AF61" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AG61" t="s" s="5">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="AH61" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AI61" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ61" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AK61" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AL61" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AM61" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AN61" t="s" s="5">
-        <v>50</v>
+        <v>55</v>
       </c>
       <c r="AO61" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AP61" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AQ61" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AR61" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AS61" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AT61" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="62">
       <c r="A62">
         <v>61</v>
       </c>
       <c r="B62" t="s">
         <v>146</v>
       </c>
       <c r="C62" t="inlineStr" s="4">
         <is>
           <t>6519Про проведення інвентаризації земельної ділянки, яка знаходиться в районі вул. Рильського, 39, місто Калуш</t>
         </is>
       </c>
       <c r="D62" t="s">
         <v>45</v>
       </c>
       <c r="E62" t="s">
         <v>46</v>
       </c>
       <c r="F62" t="s">
         <v>77</v>
       </c>
       <c r="G62" t="s">
         <v>48</v>
       </c>
       <c r="H62" t="s">
         <v>49</v>
       </c>
       <c r="I62" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J62" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="K62" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="L62" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="M62" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="N62" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="O62" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="P62" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q62" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R62" t="s" s="5">
         <v>50</v>
       </c>
       <c r="S62" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="T62" t="s" s="5">
         <v>50</v>
       </c>
       <c r="U62" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V62" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="W62" t="s" s="5">
         <v>51</v>
       </c>
       <c r="X62" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Y62" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z62" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA62" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AB62" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AC62" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AD62" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AE62" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AF62" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AG62" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AH62" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AI62" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ62" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AK62" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AL62" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AM62" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AN62" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AO62" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AP62" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AQ62" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AR62" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AS62" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AT62" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="63">
       <c r="A63">
         <v>62</v>
       </c>
       <c r="B63" t="s">
         <v>147</v>
       </c>
       <c r="C63" t="inlineStr" s="4">
         <is>
           <t>6520Про продаж земельної ділянки несільськогосподарського призначення суб’єкту господарської діяльності ПП «АВТО-ІВА-СЕРВІС»</t>
         </is>
       </c>
       <c r="D63" t="s">
         <v>45</v>
       </c>
       <c r="E63" t="s">
         <v>46</v>
       </c>
       <c r="F63" t="s">
         <v>58</v>
       </c>
       <c r="G63" t="s">
         <v>48</v>
       </c>
       <c r="H63" t="s">
         <v>49</v>
       </c>
       <c r="I63" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J63" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="K63" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="L63" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="M63" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="N63" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O63" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="P63" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q63" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R63" t="s" s="5">
         <v>50</v>
       </c>
       <c r="S63" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="T63" t="s" s="5">
         <v>50</v>
       </c>
       <c r="U63" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V63" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="W63" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X63" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Y63" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z63" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA63" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AB63" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AC63" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AD63" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AE63" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF63" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AG63" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AH63" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AI63" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ63" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AK63" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AL63" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AM63" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AN63" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO63" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AP63" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AQ63" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AR63" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AS63" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AT63" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="64">
       <c r="A64">
         <v>63</v>
       </c>
       <c r="B64" t="s">
         <v>148</v>
       </c>
       <c r="C64" t="s" s="4">
         <v>149</v>
       </c>
       <c r="D64" t="s">
         <v>45</v>
       </c>
       <c r="E64" t="s">
         <v>46</v>
       </c>
       <c r="F64" t="s">
         <v>106</v>
       </c>
       <c r="G64" t="s">
         <v>48</v>
       </c>
       <c r="H64" t="s">
         <v>49</v>
       </c>
       <c r="I64" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J64" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K64" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="L64" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="M64" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="N64" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O64" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="P64" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q64" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R64" t="s" s="5">
         <v>50</v>
       </c>
       <c r="S64" t="s" s="5">
         <v>50</v>
       </c>
       <c r="T64" t="s" s="5">
         <v>50</v>
       </c>
       <c r="U64" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V64" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="W64" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X64" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Y64" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z64" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA64" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AB64" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AC64" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AD64" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE64" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF64" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AG64" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AH64" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AI64" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ64" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AK64" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AL64" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AM64" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AN64" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO64" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AP64" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AQ64" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AR64" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AS64" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AT64" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="65">
       <c r="A65">
         <v>64</v>
       </c>
       <c r="B65" t="s">
         <v>150</v>
       </c>
       <c r="C65" t="inlineStr" s="4">
         <is>
           <t>6522 Про проведення земельних торгів у формі електронного аукціону на земельні ділянки, які знаходяться за межами населених пунктів       </t>
         </is>
       </c>
       <c r="D65" t="s">
         <v>45</v>
       </c>
       <c r="E65" t="s">
         <v>46</v>
       </c>
       <c r="F65" t="s">
         <v>106</v>
       </c>
       <c r="G65" t="s">
         <v>48</v>
       </c>
       <c r="H65" t="s">
         <v>49</v>
       </c>
       <c r="I65" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J65" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K65" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="L65" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="M65" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="N65" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O65" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="P65" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q65" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R65" t="s" s="5">
         <v>50</v>
       </c>
       <c r="S65" t="s" s="5">
         <v>50</v>
       </c>
       <c r="T65" t="s" s="5">
         <v>50</v>
       </c>
       <c r="U65" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V65" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="W65" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X65" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Y65" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z65" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA65" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AB65" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AC65" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AD65" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AE65" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF65" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AG65" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH65" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AI65" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ65" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AK65" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AL65" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AM65" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AN65" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO65" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AP65" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AQ65" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AR65" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AS65" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AT65" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="66">
       <c r="A66">
         <v>65</v>
       </c>
       <c r="B66" t="s">
         <v>151</v>
       </c>
       <c r="C66" t="inlineStr" s="4">
         <is>
           <t>6523Про доповнення переліку земельних ділянок для опрацювання можливості продажу їх (або права оренди на них) на земельних торгах у формі електронного аукціону та надання дозволу на</t>
         </is>
       </c>
       <c r="D66" t="s">
         <v>45</v>
       </c>
       <c r="E66" t="s">
         <v>46</v>
       </c>
       <c r="F66" t="s">
         <v>98</v>
       </c>
       <c r="G66" t="s">
         <v>48</v>
       </c>
       <c r="H66" t="s">
         <v>49</v>
       </c>
       <c r="I66" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J66" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K66" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="L66" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="M66" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="N66" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O66" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="P66" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q66" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R66" t="s" s="5">
         <v>50</v>
       </c>
       <c r="S66" t="s" s="5">
         <v>50</v>
       </c>
       <c r="T66" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="U66" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="V66" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="W66" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X66" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Y66" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z66" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA66" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AB66" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AC66" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AD66" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AE66" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AF66" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AG66" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AH66" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AI66" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ66" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AK66" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AL66" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AM66" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AN66" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO66" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AP66" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AQ66" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AR66" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AS66" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AT66" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="67">
       <c r="A67">
         <v>66</v>
       </c>
       <c r="B67" t="s">
         <v>152</v>
       </c>
       <c r="C67" t="inlineStr" s="4">
         <is>
           <t>6524Про погодження  технічної документації із землеустрою  щодо поділу земельної ділянки ТзОВ «ГЛОБУС  ІСТЕЙТ», Псюк О. І., Псюку О. В.</t>
         </is>
       </c>
       <c r="D67" t="s">
         <v>45</v>
       </c>
       <c r="E67" t="s">
         <v>46</v>
       </c>
       <c r="F67" t="s">
         <v>47</v>
       </c>
       <c r="G67" t="s">
         <v>48</v>
       </c>
       <c r="H67" t="s">
         <v>49</v>
       </c>
       <c r="I67" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J67" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K67" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="L67" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="M67" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="N67" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O67" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="P67" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q67" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R67" t="s" s="5">
         <v>50</v>
       </c>
       <c r="S67" t="s" s="5">
         <v>50</v>
       </c>
       <c r="T67" t="s" s="5">
         <v>50</v>
       </c>
       <c r="U67" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V67" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="W67" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X67" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Y67" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="Z67" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA67" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AB67" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AC67" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AD67" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AE67" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF67" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AG67" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AH67" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AI67" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ67" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AK67" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AL67" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AM67" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AN67" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO67" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AP67" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AQ67" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AR67" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AS67" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AT67" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="68">
       <c r="A68">
         <v>67</v>
       </c>
       <c r="B68" t="s">
         <v>153</v>
       </c>
       <c r="C68" t="inlineStr" s="4">
         <is>
           <t>6525Про затвердження проектів землеустрою щодо відведення земельних ділянок, які знаходяться за межами населених пунктів</t>
         </is>
       </c>
       <c r="D68" t="s">
         <v>45</v>
       </c>
       <c r="E68" t="s">
         <v>46</v>
       </c>
       <c r="F68" t="s">
         <v>103</v>
       </c>
       <c r="G68" t="s">
         <v>48</v>
       </c>
       <c r="H68" t="s">
         <v>49</v>
       </c>
       <c r="I68" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J68" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K68" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="L68" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="M68" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="N68" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O68" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="P68" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q68" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R68" t="s" s="5">
         <v>50</v>
       </c>
       <c r="S68" t="s" s="5">
         <v>50</v>
       </c>
       <c r="T68" t="s" s="5">
         <v>50</v>
       </c>
       <c r="U68" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V68" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="W68" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X68" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Y68" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z68" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA68" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AB68" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AC68" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AD68" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AE68" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF68" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AG68" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH68" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AI68" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ68" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AK68" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AL68" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AM68" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AN68" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO68" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AP68" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AQ68" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AR68" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AS68" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AT68" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="69">
       <c r="A69">
         <v>68</v>
       </c>
       <c r="B69" t="s">
         <v>154</v>
       </c>
       <c r="C69" t="inlineStr" s="4">
         <is>
           <t>6526Про затвердження  проектів землеустрою щодо відведення та надання в оренду земельних ділянок  АТ “ПРИКАРПАТТЯОБЛЕНЕРГО”   </t>
         </is>
       </c>
       <c r="D69" t="s">
         <v>45</v>
       </c>
       <c r="E69" t="s">
         <v>46</v>
       </c>
       <c r="F69" t="s">
         <v>47</v>
       </c>
       <c r="G69" t="s">
         <v>48</v>
       </c>
       <c r="H69" t="s">
         <v>49</v>
       </c>
       <c r="I69" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J69" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K69" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="L69" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M69" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="N69" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O69" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="P69" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q69" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R69" t="s" s="5">
         <v>50</v>
       </c>
       <c r="S69" t="s" s="5">
         <v>50</v>
       </c>
       <c r="T69" t="s" s="5">
         <v>50</v>
       </c>
       <c r="U69" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V69" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="W69" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="X69" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Y69" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z69" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AA69" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AB69" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AC69" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD69" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE69" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF69" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AG69" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH69" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AI69" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ69" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AK69" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AL69" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AM69" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AN69" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AO69" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AP69" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AQ69" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AR69" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AS69" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AT69" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
     </row>
     <row r="70">
       <c r="A70">
         <v>69</v>
       </c>
       <c r="B70" t="s">
         <v>155</v>
       </c>
       <c r="C70" t="inlineStr" s="4">
         <is>
           <t>6527Про затвердження  проекту землеустрою щодо відведення та надання в оренду земельної ділянки АТ «ОРІАНА»</t>
         </is>
       </c>
       <c r="D70" t="s">
         <v>45</v>
       </c>
       <c r="E70" t="s">
         <v>46</v>
       </c>
       <c r="F70" t="s">
         <v>64</v>
       </c>
       <c r="G70" t="s">
         <v>48</v>
       </c>
       <c r="H70" t="s">
         <v>49</v>
       </c>
       <c r="I70" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J70" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K70" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="L70" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M70" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="N70" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O70" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="P70" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q70" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R70" t="s" s="5">
         <v>50</v>
       </c>
       <c r="S70" t="s" s="5">
         <v>50</v>
       </c>
       <c r="T70" t="s" s="5">
         <v>50</v>
       </c>
       <c r="U70" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V70" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="W70" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X70" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Y70" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z70" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AA70" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AB70" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AC70" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD70" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AE70" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF70" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AG70" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH70" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AI70" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ70" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AK70" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AL70" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AM70" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AN70" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AO70" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AP70" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AQ70" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AR70" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AS70" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AT70" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
     </row>
     <row r="71">
       <c r="A71">
         <v>70</v>
       </c>
       <c r="B71" t="s">
         <v>156</v>
       </c>
       <c r="C71" t="inlineStr" s="4">
         <is>
           <t>6528Про затвердження  проекту землеустрою щодо відведення  земельної ділянки цільове призначення якої змінюється, надання у постійне користування земельної ділянки ОСББ «ЛЕСІ УКРАЇНКИ 44»</t>
         </is>
       </c>
       <c r="D71" t="s">
         <v>45</v>
       </c>
       <c r="E71" t="s">
         <v>46</v>
       </c>
       <c r="F71" t="s">
         <v>58</v>
       </c>
       <c r="G71" t="s">
         <v>48</v>
       </c>
       <c r="H71" t="s">
         <v>49</v>
       </c>
       <c r="I71" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J71" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K71" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="L71" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M71" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="N71" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O71" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="P71" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q71" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R71" t="s" s="5">
         <v>50</v>
       </c>
       <c r="S71" t="s" s="5">
         <v>50</v>
       </c>
       <c r="T71" t="s" s="5">
         <v>50</v>
       </c>
       <c r="U71" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V71" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="W71" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X71" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Y71" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z71" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA71" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AB71" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AC71" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AD71" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AE71" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF71" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AG71" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AH71" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AI71" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AJ71" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AK71" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AL71" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AM71" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AN71" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO71" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AP71" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AQ71" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AR71" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AS71" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AT71" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="72">
       <c r="A72">
         <v>71</v>
       </c>
       <c r="B72" t="s">
         <v>157</v>
       </c>
       <c r="C72" t="inlineStr" s="4">
         <is>
           <t>6529Про затвердження  проектів землеустрою щодо відведення  земельних ділянок цільове призначення яких змінюється,надання у постійне користування земельних ділянок ОСББ «БОГДАН </t>
         </is>
       </c>
       <c r="D72" t="s">
         <v>45</v>
       </c>
       <c r="E72" t="s">
         <v>46</v>
       </c>
       <c r="F72" t="s">
         <v>64</v>
       </c>
       <c r="G72" t="s">
         <v>48</v>
       </c>
       <c r="H72" t="s">
         <v>49</v>
       </c>
       <c r="I72" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J72" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K72" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="L72" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="M72" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N72" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="O72" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="P72" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q72" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R72" t="s" s="5">
         <v>50</v>
       </c>
       <c r="S72" t="s" s="5">
         <v>50</v>
       </c>
       <c r="T72" t="s" s="5">
         <v>50</v>
       </c>
       <c r="U72" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="V72" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="W72" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="X72" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Y72" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z72" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA72" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AB72" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AC72" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD72" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE72" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AF72" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AG72" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH72" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AI72" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ72" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AK72" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AL72" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AM72" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AN72" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AO72" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AP72" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AQ72" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AR72" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AS72" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AT72" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="73">
       <c r="A73">
         <v>72</v>
       </c>
       <c r="B73" t="s">
         <v>158</v>
       </c>
       <c r="C73" t="inlineStr" s="4">
         <is>
           <t>6530Про затвердження  технічних документацій з нормативних грошових оцінок земельних ділянок,що розташовані за межами населеного пункту села Пійло</t>
         </is>
       </c>
       <c r="D73" t="s">
         <v>45</v>
       </c>
       <c r="E73" t="s">
         <v>46</v>
       </c>
       <c r="F73" t="s">
         <v>103</v>
       </c>
       <c r="G73" t="s">
         <v>48</v>
       </c>
       <c r="H73" t="s">
         <v>49</v>
       </c>
       <c r="I73" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J73" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K73" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="L73" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M73" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N73" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O73" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="P73" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q73" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R73" t="s" s="5">
         <v>50</v>
       </c>
       <c r="S73" t="s" s="5">
         <v>50</v>
       </c>
       <c r="T73" t="s" s="5">
         <v>50</v>
       </c>
       <c r="U73" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="V73" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="W73" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X73" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Y73" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z73" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA73" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AB73" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AC73" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD73" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AE73" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AF73" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AG73" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AH73" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AI73" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ73" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AK73" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AL73" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AM73" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AN73" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO73" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AP73" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AQ73" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AR73" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AS73" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AT73" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="74">
       <c r="A74">
         <v>73</v>
       </c>
       <c r="B74" t="s">
         <v>159</v>
       </c>
       <c r="C74" t="inlineStr" s="4">
         <is>
           <t>6531 Про затвердження  проекту землеустрою щодо відведення  земельної ділянки цільове призначення якої змінюється гр. Говдаш С. С.</t>
         </is>
       </c>
       <c r="D74" t="s">
         <v>45</v>
       </c>
       <c r="E74" t="s">
         <v>70</v>
       </c>
       <c r="F74" t="s">
         <v>160</v>
       </c>
       <c r="G74" t="s">
         <v>161</v>
       </c>
       <c r="H74" t="s">
         <v>162</v>
       </c>
       <c r="I74" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J74" t="s" s="5">
-        <v>51</v>
+        <v>55</v>
       </c>
       <c r="K74" t="s" s="5">
-        <v>55</v>
+        <v>52</v>
       </c>
       <c r="L74" t="s" s="5">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="M74" t="s" s="5">
-        <v>50</v>
+        <v>55</v>
       </c>
       <c r="N74" t="s" s="5">
-        <v>55</v>
+        <v>52</v>
       </c>
       <c r="O74" t="s" s="5">
-        <v>55</v>
+        <v>52</v>
       </c>
       <c r="P74" t="s" s="5">
-        <v>50</v>
+        <v>55</v>
       </c>
       <c r="Q74" t="s" s="5">
         <v>55</v>
       </c>
       <c r="R74" t="s" s="5">
         <v>55</v>
       </c>
       <c r="S74" t="s" s="5">
         <v>51</v>
       </c>
       <c r="T74" t="s" s="5">
         <v>55</v>
       </c>
       <c r="U74" t="s" s="5">
         <v>55</v>
       </c>
       <c r="V74" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="W74" t="s" s="5">
         <v>55</v>
       </c>
       <c r="X74" t="s" s="5">
         <v>55</v>
       </c>
       <c r="Y74" t="s" s="5">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="Z74" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AA74" t="s" s="5">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="AB74" t="s" s="5">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="AC74" t="s" s="5">
-        <v>50</v>
+        <v>55</v>
       </c>
       <c r="AD74" t="s" s="5">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="AE74" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AF74" t="s" s="5">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="AG74" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AH74" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AI74" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AJ74" t="s" s="5">
-        <v>50</v>
+        <v>163</v>
       </c>
       <c r="AK74" t="s" s="5">
-        <v>50</v>
+        <v>55</v>
       </c>
       <c r="AL74" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AM74" t="s" s="5">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="AN74" t="s" s="5">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="AO74" t="s" s="5">
-        <v>163</v>
+        <v>52</v>
       </c>
       <c r="AP74" t="s" s="5">
-        <v>55</v>
+        <v>52</v>
       </c>
       <c r="AQ74" t="s" s="5">
-        <v>55</v>
+        <v>52</v>
       </c>
       <c r="AR74" t="s" s="5">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="AS74" t="s" s="5">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="AT74" t="s" s="5">
         <v>55</v>
       </c>
     </row>
     <row r="75">
       <c r="A75">
         <v>74</v>
       </c>
       <c r="B75" t="s">
         <v>164</v>
       </c>
       <c r="C75" t="inlineStr" s="4">
         <is>
           <t>6532Про затвердження проекту землеустрою щодо відведення земельної ділянки, цільове призначення якої змінюється із земель для ведення особистого селянського господарства у землі для</t>
         </is>
       </c>
       <c r="D75" t="s">
         <v>45</v>
       </c>
       <c r="E75" t="s">
         <v>70</v>
       </c>
       <c r="F75" t="s">
         <v>165</v>
       </c>
       <c r="G75" t="s">
         <v>166</v>
       </c>
       <c r="H75" t="s">
         <v>167</v>
       </c>
       <c r="I75" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J75" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K75" t="s" s="5">
-        <v>55</v>
+        <v>52</v>
       </c>
       <c r="L75" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M75" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="N75" t="s" s="5">
         <v>51</v>
       </c>
       <c r="O75" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="P75" t="s" s="5">
         <v>51</v>
       </c>
       <c r="Q75" t="s" s="5">
         <v>51</v>
       </c>
       <c r="R75" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="S75" t="s" s="5">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="T75" t="s" s="5">
-        <v>51</v>
+        <v>55</v>
       </c>
       <c r="U75" t="s" s="5">
         <v>51</v>
       </c>
       <c r="V75" t="s" s="5">
         <v>50</v>
       </c>
       <c r="W75" t="s" s="5">
         <v>51</v>
       </c>
       <c r="X75" t="s" s="5">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="Y75" t="s" s="5">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="Z75" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AA75" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AB75" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AC75" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AD75" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AE75" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AF75" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AG75" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH75" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AI75" t="s" s="5">
-        <v>51</v>
+        <v>55</v>
       </c>
       <c r="AJ75" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AK75" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AL75" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AM75" t="s" s="5">
-        <v>51</v>
+        <v>55</v>
       </c>
       <c r="AN75" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AO75" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AP75" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AQ75" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AR75" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AS75" t="s" s="5">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="AT75" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="76">
       <c r="A76">
         <v>75</v>
       </c>
       <c r="B76" t="s">
         <v>168</v>
       </c>
       <c r="C76" t="inlineStr" s="4">
         <is>
           <t>6534Про затвердження проекту землеустрою щодо відведення земельної ділянки, цільове призначення якої змінюється із земель для ведення особистого селянського господарства у землі для</t>
         </is>
       </c>
       <c r="D76" t="s">
         <v>45</v>
       </c>
       <c r="E76" t="s">
         <v>70</v>
       </c>
       <c r="F76" t="s">
         <v>169</v>
       </c>
       <c r="G76" t="s">
         <v>166</v>
       </c>
       <c r="H76" t="s">
         <v>170</v>
       </c>
       <c r="I76" t="s" s="5">
         <v>55</v>
       </c>
       <c r="J76" t="s" s="5">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="K76" t="s" s="5">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="L76" t="s" s="5">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="M76" t="s" s="5">
-        <v>50</v>
+        <v>55</v>
       </c>
       <c r="N76" t="s" s="5">
         <v>51</v>
       </c>
       <c r="O76" t="s" s="5">
-        <v>55</v>
+        <v>52</v>
       </c>
       <c r="P76" t="s" s="5">
+        <v>55</v>
+      </c>
+      <c r="Q76" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="R76" t="s" s="5">
+        <v>55</v>
+      </c>
+      <c r="S76" t="s" s="5">
+        <v>55</v>
+      </c>
+      <c r="T76" t="s" s="5">
+        <v>55</v>
+      </c>
+      <c r="U76" t="s" s="5">
+        <v>55</v>
+      </c>
+      <c r="V76" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="W76" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="X76" t="s" s="5">
+        <v>55</v>
+      </c>
+      <c r="Y76" t="s" s="5">
         <v>163</v>
       </c>
-      <c r="Q76" t="s" s="5">
-[...25 lines deleted...]
-      </c>
       <c r="Z76" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AA76" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AB76" t="s" s="5">
-        <v>50</v>
+        <v>55</v>
       </c>
       <c r="AC76" t="s" s="5">
-        <v>50</v>
+        <v>55</v>
       </c>
       <c r="AD76" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AE76" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AF76" t="s" s="5">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="AG76" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AH76" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AI76" t="s" s="5">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="AJ76" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AK76" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AL76" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AM76" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AN76" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AO76" t="s" s="5">
-        <v>55</v>
+        <v>52</v>
       </c>
       <c r="AP76" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AQ76" t="s" s="5">
-        <v>55</v>
+        <v>52</v>
       </c>
       <c r="AR76" t="s" s="5">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="AS76" t="s" s="5">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="AT76" t="s" s="5">
         <v>55</v>
       </c>
     </row>
     <row r="77">
       <c r="A77">
         <v>76</v>
       </c>
       <c r="B77" t="s">
         <v>171</v>
       </c>
       <c r="C77" t="inlineStr" s="4">
         <is>
           <t>6535Про затвердження  проектів землеустрою щодо відведення  земельних ділянок цільове призначення яких змінюється громадянці Ляшкевич О. Г.</t>
         </is>
       </c>
       <c r="D77" t="s">
         <v>45</v>
       </c>
       <c r="E77" t="s">
         <v>70</v>
       </c>
       <c r="F77" t="s">
         <v>172</v>
       </c>
       <c r="G77" t="s">
         <v>48</v>
       </c>
       <c r="H77" t="s">
         <v>173</v>
       </c>
       <c r="I77" t="s" s="5">
         <v>55</v>
       </c>
       <c r="J77" t="s" s="5">
         <v>55</v>
       </c>
       <c r="K77" t="s" s="5">
         <v>55</v>
       </c>
       <c r="L77" t="s" s="5">
         <v>55</v>
       </c>
       <c r="M77" t="s" s="5">
-        <v>51</v>
+        <v>55</v>
       </c>
       <c r="N77" t="s" s="5">
         <v>51</v>
       </c>
       <c r="O77" t="s" s="5">
-        <v>55</v>
+        <v>52</v>
       </c>
       <c r="P77" t="s" s="5">
         <v>55</v>
       </c>
       <c r="Q77" t="s" s="5">
         <v>55</v>
       </c>
       <c r="R77" t="s" s="5">
         <v>55</v>
       </c>
       <c r="S77" t="s" s="5">
         <v>55</v>
       </c>
       <c r="T77" t="s" s="5">
         <v>55</v>
       </c>
       <c r="U77" t="s" s="5">
         <v>55</v>
       </c>
       <c r="V77" t="s" s="5">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="W77" t="s" s="5">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="X77" t="s" s="5">
         <v>55</v>
       </c>
       <c r="Y77" t="s" s="5">
-        <v>50</v>
+        <v>55</v>
       </c>
       <c r="Z77" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AA77" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AB77" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AC77" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AD77" t="s" s="5">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="AE77" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AF77" t="s" s="5">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="AG77" t="s" s="5">
-        <v>50</v>
+        <v>55</v>
       </c>
       <c r="AH77" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AI77" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AJ77" t="s" s="5">
-        <v>50</v>
+        <v>55</v>
       </c>
       <c r="AK77" t="s" s="5">
-        <v>51</v>
+        <v>55</v>
       </c>
       <c r="AL77" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AM77" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AN77" t="s" s="5">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="AO77" t="s" s="5">
-        <v>55</v>
+        <v>52</v>
       </c>
       <c r="AP77" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AQ77" t="s" s="5">
-        <v>55</v>
+        <v>52</v>
       </c>
       <c r="AR77" t="s" s="5">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="AS77" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AT77" t="s" s="5">
         <v>55</v>
       </c>
     </row>
     <row r="78">
       <c r="A78">
         <v>77</v>
       </c>
       <c r="B78" t="s">
         <v>174</v>
       </c>
       <c r="C78" t="inlineStr" s="4">
         <is>
           <t>6536Про затвердження проектів землеустрою щодо відведення земельних ділянок для ведення особистого селянського господарства у власність громадянам (Боберський Т.С, Юрас М.І., Кульбанський І.Ю.)</t>
         </is>
       </c>
       <c r="D78" t="s">
         <v>45</v>
       </c>
       <c r="E78" t="s">
         <v>70</v>
       </c>
       <c r="F78" t="s">
         <v>172</v>
       </c>
       <c r="G78" t="s">
         <v>166</v>
       </c>
       <c r="H78" t="s">
         <v>175</v>
       </c>
       <c r="I78" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J78" t="s" s="5">
         <v>55</v>
       </c>
       <c r="K78" t="s" s="5">
         <v>55</v>
       </c>
       <c r="L78" t="s" s="5">
         <v>55</v>
       </c>
       <c r="M78" t="s" s="5">
-        <v>51</v>
+        <v>55</v>
       </c>
       <c r="N78" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="O78" t="s" s="5">
         <v>51</v>
       </c>
       <c r="P78" t="s" s="5">
         <v>55</v>
       </c>
       <c r="Q78" t="s" s="5">
         <v>55</v>
       </c>
       <c r="R78" t="s" s="5">
         <v>55</v>
       </c>
       <c r="S78" t="s" s="5">
-        <v>51</v>
+        <v>55</v>
       </c>
       <c r="T78" t="s" s="5">
         <v>55</v>
       </c>
       <c r="U78" t="s" s="5">
         <v>55</v>
       </c>
       <c r="V78" t="s" s="5">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="W78" t="s" s="5">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="X78" t="s" s="5">
         <v>51</v>
       </c>
       <c r="Y78" t="s" s="5">
         <v>55</v>
       </c>
       <c r="Z78" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AA78" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AB78" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AC78" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AD78" t="s" s="5">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="AE78" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AF78" t="s" s="5">
-        <v>51</v>
+        <v>55</v>
       </c>
       <c r="AG78" t="s" s="5">
-        <v>50</v>
+        <v>55</v>
       </c>
       <c r="AH78" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AI78" t="s" s="5">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="AJ78" t="s" s="5">
-        <v>51</v>
+        <v>163</v>
       </c>
       <c r="AK78" t="s" s="5">
-        <v>50</v>
+        <v>55</v>
       </c>
       <c r="AL78" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AM78" t="s" s="5">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="AN78" t="s" s="5">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="AO78" t="s" s="5">
-        <v>163</v>
+        <v>52</v>
       </c>
       <c r="AP78" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AQ78" t="s" s="5">
-        <v>55</v>
+        <v>52</v>
       </c>
       <c r="AR78" t="s" s="5">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="AS78" t="s" s="5">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="AT78" t="s" s="5">
         <v>55</v>
       </c>
     </row>
     <row r="79">
       <c r="A79">
         <v>78</v>
       </c>
       <c r="B79" t="s">
         <v>176</v>
       </c>
       <c r="C79" t="inlineStr" s="4">
         <is>
           <t>6537Про затвердження  проекту землеустрою щодо відведення та надання в оренду земельної ділянки громадянці Ковальчик О. Ю.</t>
         </is>
       </c>
       <c r="D79" t="s">
         <v>45</v>
       </c>
       <c r="E79" t="s">
         <v>46</v>
       </c>
       <c r="F79" t="s">
         <v>177</v>
@@ -12123,141 +12123,141 @@
       <c r="G79" t="s">
         <v>48</v>
       </c>
       <c r="H79" t="s">
         <v>49</v>
       </c>
       <c r="I79" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J79" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K79" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L79" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M79" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N79" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O79" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="P79" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q79" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R79" t="s" s="5">
         <v>50</v>
       </c>
       <c r="S79" t="s" s="5">
         <v>50</v>
       </c>
       <c r="T79" t="s" s="5">
         <v>50</v>
       </c>
       <c r="U79" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V79" t="s" s="5">
         <v>50</v>
       </c>
       <c r="W79" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X79" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Y79" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z79" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA79" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AB79" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC79" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD79" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE79" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF79" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AG79" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH79" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AI79" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ79" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AK79" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AL79" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AM79" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AN79" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO79" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AP79" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AQ79" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AR79" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AS79" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AT79" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="80">
       <c r="A80">
         <v>79</v>
       </c>
       <c r="B80" t="s">
         <v>178</v>
       </c>
       <c r="C80" t="inlineStr" s="4">
         <is>
           <t>6538Про затвердження технічної документації із землеустрою щодо встановлення (відновлення) меж земельної ділянки в натурі (на місцевості)та надання в оренду громадянину Підсадюку І. М.</t>
         </is>
       </c>
       <c r="D80" t="s">
         <v>45</v>
       </c>
       <c r="E80" t="s">
         <v>46</v>
       </c>
       <c r="F80" t="s">
         <v>177</v>
@@ -12265,567 +12265,567 @@
       <c r="G80" t="s">
         <v>48</v>
       </c>
       <c r="H80" t="s">
         <v>49</v>
       </c>
       <c r="I80" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J80" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K80" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L80" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M80" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N80" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O80" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="P80" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q80" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R80" t="s" s="5">
         <v>50</v>
       </c>
       <c r="S80" t="s" s="5">
         <v>50</v>
       </c>
       <c r="T80" t="s" s="5">
         <v>50</v>
       </c>
       <c r="U80" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V80" t="s" s="5">
         <v>50</v>
       </c>
       <c r="W80" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X80" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Y80" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z80" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA80" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AB80" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC80" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD80" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE80" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF80" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AG80" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH80" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AI80" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ80" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AK80" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AL80" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AM80" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AN80" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO80" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AP80" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AQ80" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AR80" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AS80" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AT80" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="81">
       <c r="A81">
         <v>80</v>
       </c>
       <c r="B81" t="s">
         <v>179</v>
       </c>
       <c r="C81" t="inlineStr" s="4">
         <is>
           <t>6539Про проведення інвентаризації земельної ділянки комунальної власності (кадастровий номер: 2622883600:02:001:0415) с. Копанки, урочище «Біля Федуна»</t>
         </is>
       </c>
       <c r="D81" t="s">
         <v>45</v>
       </c>
       <c r="E81" t="s">
         <v>46</v>
       </c>
       <c r="F81" t="s">
         <v>180</v>
       </c>
       <c r="G81" t="s">
         <v>48</v>
       </c>
       <c r="H81" t="s">
         <v>49</v>
       </c>
       <c r="I81" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J81" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K81" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L81" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M81" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="N81" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="O81" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="P81" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q81" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R81" t="s" s="5">
         <v>50</v>
       </c>
       <c r="S81" t="s" s="5">
         <v>50</v>
       </c>
       <c r="T81" t="s" s="5">
         <v>50</v>
       </c>
       <c r="U81" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V81" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="W81" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="X81" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Y81" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z81" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA81" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AB81" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC81" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD81" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE81" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AF81" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AG81" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH81" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AI81" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ81" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AK81" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AL81" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AM81" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AN81" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO81" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AP81" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AQ81" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AR81" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AS81" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AT81" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="82">
       <c r="A82">
         <v>81</v>
       </c>
       <c r="B82" t="s">
         <v>181</v>
       </c>
       <c r="C82" t="inlineStr" s="4">
         <is>
           <t>6540Про надання дозволу на розроблення ​​​​​​​проекту землеустрою щодо відведення земельної ділянки у постійне користування ОСББ «ЗАХІДНЕ»</t>
         </is>
       </c>
       <c r="D82" t="s">
         <v>45</v>
       </c>
       <c r="E82" t="s">
         <v>46</v>
       </c>
       <c r="F82" t="s">
         <v>182</v>
       </c>
       <c r="G82" t="s">
         <v>48</v>
       </c>
       <c r="H82" t="s">
         <v>49</v>
       </c>
       <c r="I82" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J82" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K82" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L82" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M82" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="N82" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O82" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="P82" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q82" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R82" t="s" s="5">
         <v>50</v>
       </c>
       <c r="S82" t="s" s="5">
         <v>50</v>
       </c>
       <c r="T82" t="s" s="5">
         <v>50</v>
       </c>
       <c r="U82" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V82" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="W82" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X82" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Y82" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z82" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA82" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AB82" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC82" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD82" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE82" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF82" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AG82" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH82" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AI82" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ82" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AK82" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AL82" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AM82" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AN82" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO82" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AP82" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AQ82" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AR82" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AS82" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AT82" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="83">
       <c r="A83">
         <v>82</v>
       </c>
       <c r="B83" t="s">
         <v>183</v>
       </c>
       <c r="C83" t="inlineStr" s="4">
         <is>
           <t>6541 Про надання дозволу на розроблення проектів землеустрою щодо відведення земельних ділянок ТОВ «КАРПАТНАФТОХІМ»</t>
         </is>
       </c>
       <c r="D83" t="s">
         <v>45</v>
       </c>
       <c r="E83" t="s">
         <v>46</v>
       </c>
       <c r="F83" t="s">
         <v>182</v>
       </c>
       <c r="G83" t="s">
         <v>48</v>
       </c>
       <c r="H83" t="s">
         <v>49</v>
       </c>
       <c r="I83" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J83" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K83" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L83" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M83" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="N83" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O83" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="P83" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q83" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R83" t="s" s="5">
         <v>50</v>
       </c>
       <c r="S83" t="s" s="5">
         <v>50</v>
       </c>
       <c r="T83" t="s" s="5">
         <v>50</v>
       </c>
       <c r="U83" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V83" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="W83" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X83" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Y83" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z83" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA83" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AB83" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC83" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD83" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE83" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF83" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AG83" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH83" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AI83" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ83" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AK83" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AL83" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AM83" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AN83" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO83" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AP83" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AQ83" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AR83" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AS83" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AT83" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="84">
       <c r="A84">
         <v>83</v>
       </c>
       <c r="B84" t="s">
         <v>184</v>
       </c>
       <c r="C84" t="inlineStr" s="4">
         <is>
           <t>6542 Про надання дозволу розроблення проекту землеустрою щодо відведення земельної ділянки у постійне користування РЕЛІГІЙНІЙ ГРОМАДІ (ПАРАФІЯ) ПОКРОВИ ПРЕСВЯТОЇ БОГОРОДИЦІ УКРАЇНСЬКОЇ</t>
         </is>
       </c>
       <c r="D84" t="s">
         <v>45</v>
       </c>
       <c r="E84" t="s">
         <v>46</v>
       </c>
       <c r="F84" t="s">
         <v>185</v>
@@ -12833,141 +12833,141 @@
       <c r="G84" t="s">
         <v>48</v>
       </c>
       <c r="H84" t="s">
         <v>49</v>
       </c>
       <c r="I84" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J84" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K84" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L84" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M84" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N84" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O84" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="P84" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q84" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R84" t="s" s="5">
         <v>50</v>
       </c>
       <c r="S84" t="s" s="5">
         <v>50</v>
       </c>
       <c r="T84" t="s" s="5">
         <v>50</v>
       </c>
       <c r="U84" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V84" t="s" s="5">
         <v>50</v>
       </c>
       <c r="W84" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="X84" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Y84" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z84" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA84" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AB84" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC84" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD84" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AE84" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF84" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AG84" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH84" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AI84" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ84" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AK84" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AL84" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AM84" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AN84" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO84" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AP84" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AQ84" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AR84" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AS84" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AT84" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="85">
       <c r="A85">
         <v>84</v>
       </c>
       <c r="B85" t="s">
         <v>186</v>
       </c>
       <c r="C85" t="inlineStr" s="4">
         <is>
           <t>6544Про надання дозволу на розроблення Проекту землеустрою щодо відведення земельної ділянки у постійне користування КНП «КАЛУСЬКИЙ МІСЬКИЙ ЦЕНТР ПЕРВИННОЇ МЕДИКО-САНІТАРНОЇ ДОПОМОГИ</t>
         </is>
       </c>
       <c r="D85" t="s">
         <v>45</v>
       </c>
       <c r="E85" t="s">
         <v>46</v>
       </c>
       <c r="F85" t="s">
         <v>177</v>
@@ -12975,4736 +12975,4736 @@
       <c r="G85" t="s">
         <v>48</v>
       </c>
       <c r="H85" t="s">
         <v>49</v>
       </c>
       <c r="I85" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J85" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K85" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L85" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M85" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N85" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O85" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="P85" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q85" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R85" t="s" s="5">
         <v>50</v>
       </c>
       <c r="S85" t="s" s="5">
         <v>50</v>
       </c>
       <c r="T85" t="s" s="5">
         <v>50</v>
       </c>
       <c r="U85" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V85" t="s" s="5">
         <v>50</v>
       </c>
       <c r="W85" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X85" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Y85" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z85" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA85" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AB85" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC85" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD85" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE85" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF85" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AG85" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH85" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AI85" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ85" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AK85" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AL85" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AM85" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AN85" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO85" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AP85" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AQ85" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AR85" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AS85" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AT85" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="86">
       <c r="A86">
         <v>85</v>
       </c>
       <c r="B86" t="s">
         <v>187</v>
       </c>
       <c r="C86" t="inlineStr" s="4">
         <is>
           <t>6545Про надання дозволу на проведення експертної грошової оцінки земельної ділянки несільськогосподарського призначення гр. Кінашу В.І.</t>
         </is>
       </c>
       <c r="D86" t="s">
         <v>45</v>
       </c>
       <c r="E86" t="s">
         <v>46</v>
       </c>
       <c r="F86" t="s">
         <v>77</v>
       </c>
       <c r="G86" t="s">
         <v>161</v>
       </c>
       <c r="H86" t="s">
         <v>188</v>
       </c>
       <c r="I86" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J86" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="K86" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="L86" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="M86" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="N86" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="O86" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="P86" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="Q86" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="R86" t="s" s="5">
+        <v>55</v>
+      </c>
+      <c r="S86" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="T86" t="s" s="5">
         <v>163</v>
       </c>
-      <c r="L86" t="s" s="5">
-[...11 lines deleted...]
-      <c r="P86" t="s" s="5">
+      <c r="U86" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="V86" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="W86" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="X86" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="Y86" t="s" s="5">
         <v>163</v>
       </c>
-      <c r="Q86" t="s" s="5">
-[...25 lines deleted...]
-      </c>
       <c r="Z86" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AA86" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AB86" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC86" t="s" s="5">
-        <v>50</v>
+        <v>55</v>
       </c>
       <c r="AD86" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE86" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF86" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AG86" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH86" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AI86" t="s" s="5">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="AJ86" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AK86" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AL86" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AM86" t="s" s="5">
-        <v>50</v>
+        <v>55</v>
       </c>
       <c r="AN86" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO86" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AP86" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AQ86" t="s" s="5">
-        <v>55</v>
+        <v>52</v>
       </c>
       <c r="AR86" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AS86" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AT86" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="87">
       <c r="A87">
         <v>86</v>
       </c>
       <c r="B87" t="s">
         <v>189</v>
       </c>
       <c r="C87" t="inlineStr" s="4">
         <is>
           <t>6546Про надання дозволу на проведення експертної грошової оцінки земельної ділянки несільськогосподарського призначення Богусевич Л.І.</t>
         </is>
       </c>
       <c r="D87" t="s">
         <v>45</v>
       </c>
       <c r="E87" t="s">
         <v>70</v>
       </c>
       <c r="F87" t="s">
         <v>190</v>
       </c>
       <c r="G87" t="s">
         <v>166</v>
       </c>
       <c r="H87" t="s">
         <v>162</v>
       </c>
       <c r="I87" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J87" t="s" s="5">
         <v>55</v>
       </c>
       <c r="K87" t="s" s="5">
         <v>55</v>
       </c>
       <c r="L87" t="s" s="5">
         <v>55</v>
       </c>
       <c r="M87" t="s" s="5">
-        <v>50</v>
+        <v>55</v>
       </c>
       <c r="N87" t="s" s="5">
         <v>55</v>
       </c>
       <c r="O87" t="s" s="5">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="P87" t="s" s="5">
         <v>55</v>
       </c>
       <c r="Q87" t="s" s="5">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="R87" t="s" s="5">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="S87" t="s" s="5">
-        <v>51</v>
+        <v>55</v>
       </c>
       <c r="T87" t="s" s="5">
-        <v>51</v>
+        <v>55</v>
       </c>
       <c r="U87" t="s" s="5">
         <v>55</v>
       </c>
       <c r="V87" t="s" s="5">
         <v>50</v>
       </c>
       <c r="W87" t="s" s="5">
         <v>55</v>
       </c>
       <c r="X87" t="s" s="5">
         <v>55</v>
       </c>
       <c r="Y87" t="s" s="5">
         <v>55</v>
       </c>
       <c r="Z87" t="s" s="5">
-        <v>50</v>
+        <v>55</v>
       </c>
       <c r="AA87" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AB87" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AC87" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AD87" t="s" s="5">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="AE87" t="s" s="5">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="AF87" t="s" s="5">
-        <v>51</v>
+        <v>55</v>
       </c>
       <c r="AG87" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH87" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AI87" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AJ87" t="s" s="5">
-        <v>50</v>
+        <v>163</v>
       </c>
       <c r="AK87" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AL87" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AM87" t="s" s="5">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="AN87" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AO87" t="s" s="5">
-        <v>163</v>
+        <v>52</v>
       </c>
       <c r="AP87" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AQ87" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AR87" t="s" s="5">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="AS87" t="s" s="5">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="AT87" t="s" s="5">
-        <v>55</v>
+        <v>50</v>
       </c>
     </row>
     <row r="88">
       <c r="A88">
         <v>87</v>
       </c>
       <c r="B88" t="s">
         <v>191</v>
       </c>
       <c r="C88" t="inlineStr" s="4">
         <is>
           <t>6547Про надання дозволу на проведення експертної грошової оцінки земельної ділянки несільськогосподарського призначення Дзесі І.Б. в с. Вістова</t>
         </is>
       </c>
       <c r="D88" t="s">
         <v>125</v>
       </c>
       <c r="E88" t="s">
         <v>46</v>
       </c>
       <c r="F88" t="s">
         <v>58</v>
       </c>
       <c r="G88" t="s">
         <v>48</v>
       </c>
       <c r="H88" t="s">
         <v>54</v>
       </c>
       <c r="I88" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J88" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K88" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L88" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M88" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N88" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="O88" t="s" s="5">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="P88" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q88" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R88" t="s" s="5">
         <v>50</v>
       </c>
       <c r="S88" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="T88" t="s" s="5">
         <v>50</v>
       </c>
       <c r="U88" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V88" t="s" s="5">
         <v>50</v>
       </c>
       <c r="W88" t="s" s="5">
         <v>51</v>
       </c>
       <c r="X88" t="s" s="5">
-        <v>50</v>
+        <v>55</v>
       </c>
       <c r="Y88" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z88" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA88" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AB88" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC88" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD88" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AE88" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF88" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AG88" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH88" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AI88" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ88" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AK88" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AL88" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AM88" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AN88" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO88" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AP88" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AQ88" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AR88" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AS88" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AT88" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="89">
       <c r="A89">
         <v>88</v>
       </c>
       <c r="B89" t="s">
         <v>192</v>
       </c>
       <c r="C89" t="s" s="4">
         <v>193</v>
       </c>
       <c r="D89" t="s">
         <v>128</v>
       </c>
       <c r="E89" t="s">
         <v>46</v>
       </c>
       <c r="F89" t="s">
         <v>180</v>
       </c>
       <c r="G89" t="s">
         <v>48</v>
       </c>
       <c r="H89" t="s">
         <v>49</v>
       </c>
       <c r="I89" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J89" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K89" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L89" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M89" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N89" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O89" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="P89" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q89" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R89" t="s" s="5">
         <v>50</v>
       </c>
       <c r="S89" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="T89" t="s" s="5">
         <v>50</v>
       </c>
       <c r="U89" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V89" t="s" s="5">
         <v>50</v>
       </c>
       <c r="W89" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X89" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Y89" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z89" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA89" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AB89" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC89" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD89" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE89" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AF89" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AG89" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH89" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AI89" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ89" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AK89" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AL89" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AM89" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AN89" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO89" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AP89" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AQ89" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AR89" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AS89" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AT89" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="90">
       <c r="A90">
         <v>89</v>
       </c>
       <c r="B90" t="s">
         <v>194</v>
       </c>
       <c r="C90" t="inlineStr" s="4">
         <is>
           <t>6549Про надання дозволу на проведення експертної грошової оцінки земельної ділянки несільськогосподарського призначення Дзесі І.Б. в с. Вістова</t>
         </is>
       </c>
       <c r="D90" t="s">
         <v>45</v>
       </c>
       <c r="E90" t="s">
         <v>46</v>
       </c>
       <c r="F90" t="s">
         <v>103</v>
       </c>
       <c r="G90" t="s">
         <v>48</v>
       </c>
       <c r="H90" t="s">
         <v>49</v>
       </c>
       <c r="I90" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J90" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K90" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L90" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="M90" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N90" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O90" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="P90" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q90" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R90" t="s" s="5">
         <v>50</v>
       </c>
       <c r="S90" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="T90" t="s" s="5">
         <v>50</v>
       </c>
       <c r="U90" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="V90" t="s" s="5">
         <v>50</v>
       </c>
       <c r="W90" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X90" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Y90" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z90" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA90" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AB90" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC90" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD90" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AE90" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF90" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AG90" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH90" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AI90" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ90" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AK90" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AL90" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AM90" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AN90" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO90" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AP90" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AQ90" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AR90" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AS90" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AT90" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
     </row>
     <row r="91">
       <c r="A91">
         <v>90</v>
       </c>
       <c r="B91" t="s">
         <v>195</v>
       </c>
       <c r="C91" t="inlineStr" s="4">
         <is>
           <t>6550Про надання дозволу на проведення експертної грошової оцінки земельної ділянки несільськогосподарського призначення Кочержату О.М.</t>
         </is>
       </c>
       <c r="D91" t="s">
         <v>45</v>
       </c>
       <c r="E91" t="s">
         <v>70</v>
       </c>
       <c r="F91" t="s">
         <v>190</v>
       </c>
       <c r="G91" t="s">
         <v>166</v>
       </c>
       <c r="H91" t="s">
         <v>196</v>
       </c>
       <c r="I91" t="s" s="5">
         <v>55</v>
       </c>
       <c r="J91" t="s" s="5">
         <v>55</v>
       </c>
       <c r="K91" t="s" s="5">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="L91" t="s" s="5">
         <v>55</v>
       </c>
       <c r="M91" t="s" s="5">
-        <v>50</v>
+        <v>55</v>
       </c>
       <c r="N91" t="s" s="5">
         <v>51</v>
       </c>
       <c r="O91" t="s" s="5">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="P91" t="s" s="5">
         <v>55</v>
       </c>
       <c r="Q91" t="s" s="5">
         <v>55</v>
       </c>
       <c r="R91" t="s" s="5">
         <v>55</v>
       </c>
       <c r="S91" t="s" s="5">
         <v>55</v>
       </c>
       <c r="T91" t="s" s="5">
         <v>55</v>
       </c>
       <c r="U91" t="s" s="5">
         <v>55</v>
       </c>
       <c r="V91" t="s" s="5">
         <v>50</v>
       </c>
       <c r="W91" t="s" s="5">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="X91" t="s" s="5">
-        <v>51</v>
+        <v>55</v>
       </c>
       <c r="Y91" t="s" s="5">
         <v>55</v>
       </c>
       <c r="Z91" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AA91" t="s" s="5">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="AB91" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC91" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AD91" t="s" s="5">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="AE91" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AF91" t="s" s="5">
-        <v>51</v>
+        <v>55</v>
       </c>
       <c r="AG91" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH91" t="s" s="5">
-        <v>50</v>
+        <v>55</v>
       </c>
       <c r="AI91" t="s" s="5">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="AJ91" t="s" s="5">
-        <v>50</v>
+        <v>163</v>
       </c>
       <c r="AK91" t="s" s="5">
-        <v>50</v>
+        <v>55</v>
       </c>
       <c r="AL91" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AM91" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AN91" t="s" s="5">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="AO91" t="s" s="5">
-        <v>163</v>
+        <v>52</v>
       </c>
       <c r="AP91" t="s" s="5">
-        <v>55</v>
+        <v>52</v>
       </c>
       <c r="AQ91" t="s" s="5">
-        <v>55</v>
+        <v>52</v>
       </c>
       <c r="AR91" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AS91" t="s" s="5">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="AT91" t="s" s="5">
-        <v>51</v>
+        <v>55</v>
       </c>
     </row>
     <row r="92">
       <c r="A92">
         <v>91</v>
       </c>
       <c r="B92" t="s">
         <v>197</v>
       </c>
       <c r="C92" t="inlineStr" s="4">
         <is>
           <t>6551Про надання дозволу на проведення експертної грошової оцінки земельної ділянки несільськогосподарського призначення Янів Г.М.</t>
         </is>
       </c>
       <c r="D92" t="s">
         <v>45</v>
       </c>
       <c r="E92" t="s">
         <v>70</v>
       </c>
       <c r="F92" t="s">
         <v>198</v>
       </c>
       <c r="G92" t="s">
         <v>161</v>
       </c>
       <c r="H92" t="s">
         <v>199</v>
       </c>
       <c r="I92" t="s" s="5">
         <v>163</v>
       </c>
       <c r="J92" t="s" s="5">
-        <v>51</v>
+        <v>55</v>
       </c>
       <c r="K92" t="s" s="5">
-        <v>51</v>
+        <v>55</v>
       </c>
       <c r="L92" t="s" s="5">
         <v>55</v>
       </c>
       <c r="M92" t="s" s="5">
-        <v>51</v>
+        <v>55</v>
       </c>
       <c r="N92" t="s" s="5">
         <v>55</v>
       </c>
       <c r="O92" t="s" s="5">
-        <v>55</v>
+        <v>52</v>
       </c>
       <c r="P92" t="s" s="5">
         <v>55</v>
       </c>
       <c r="Q92" t="s" s="5">
         <v>55</v>
       </c>
       <c r="R92" t="s" s="5">
         <v>55</v>
       </c>
       <c r="S92" t="s" s="5">
         <v>51</v>
       </c>
       <c r="T92" t="s" s="5">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="U92" t="s" s="5">
         <v>55</v>
       </c>
       <c r="V92" t="s" s="5">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="W92" t="s" s="5">
         <v>55</v>
       </c>
       <c r="X92" t="s" s="5">
         <v>55</v>
       </c>
       <c r="Y92" t="s" s="5">
         <v>55</v>
       </c>
       <c r="Z92" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AA92" t="s" s="5">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="AB92" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AC92" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AD92" t="s" s="5">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="AE92" t="s" s="5">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="AF92" t="s" s="5">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="AG92" t="s" s="5">
-        <v>50</v>
+        <v>55</v>
       </c>
       <c r="AH92" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AI92" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AJ92" t="s" s="5">
-        <v>50</v>
+        <v>163</v>
       </c>
       <c r="AK92" t="s" s="5">
-        <v>51</v>
+        <v>55</v>
       </c>
       <c r="AL92" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AM92" t="s" s="5">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="AN92" t="s" s="5">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="AO92" t="s" s="5">
-        <v>163</v>
+        <v>52</v>
       </c>
       <c r="AP92" t="s" s="5">
-        <v>55</v>
+        <v>52</v>
       </c>
       <c r="AQ92" t="s" s="5">
-        <v>55</v>
+        <v>52</v>
       </c>
       <c r="AR92" t="s" s="5">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="AS92" t="s" s="5">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="AT92" t="s" s="5">
         <v>55</v>
       </c>
     </row>
     <row r="93">
       <c r="A93">
         <v>92</v>
       </c>
       <c r="B93" t="s">
         <v>200</v>
       </c>
       <c r="C93" t="inlineStr" s="4">
         <is>
           <t>6552Про надання дозволу на проведення експертної грошової оцінки земельної ділянки несільськогосподарського призначення гр. Федоріву Б.І.</t>
         </is>
       </c>
       <c r="D93" t="s">
         <v>45</v>
       </c>
       <c r="E93" t="s">
         <v>70</v>
       </c>
       <c r="F93" t="s">
         <v>172</v>
       </c>
       <c r="G93" t="s">
         <v>48</v>
       </c>
       <c r="H93" t="s">
         <v>201</v>
       </c>
       <c r="I93" t="s" s="5">
         <v>55</v>
       </c>
       <c r="J93" t="s" s="5">
         <v>55</v>
       </c>
       <c r="K93" t="s" s="5">
-        <v>51</v>
+        <v>55</v>
       </c>
       <c r="L93" t="s" s="5">
         <v>55</v>
       </c>
       <c r="M93" t="s" s="5">
-        <v>50</v>
+        <v>55</v>
       </c>
       <c r="N93" t="s" s="5">
         <v>55</v>
       </c>
       <c r="O93" t="s" s="5">
-        <v>55</v>
+        <v>52</v>
       </c>
       <c r="P93" t="s" s="5">
         <v>55</v>
       </c>
       <c r="Q93" t="s" s="5">
         <v>55</v>
       </c>
       <c r="R93" t="s" s="5">
         <v>55</v>
       </c>
       <c r="S93" t="s" s="5">
         <v>55</v>
       </c>
       <c r="T93" t="s" s="5">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="U93" t="s" s="5">
         <v>55</v>
       </c>
       <c r="V93" t="s" s="5">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="W93" t="s" s="5">
         <v>55</v>
       </c>
       <c r="X93" t="s" s="5">
         <v>55</v>
       </c>
       <c r="Y93" t="s" s="5">
         <v>55</v>
       </c>
       <c r="Z93" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AA93" t="s" s="5">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="AB93" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AC93" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AD93" t="s" s="5">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="AE93" t="s" s="5">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="AF93" t="s" s="5">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="AG93" t="s" s="5">
-        <v>50</v>
+        <v>55</v>
       </c>
       <c r="AH93" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AI93" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AJ93" t="s" s="5">
-        <v>51</v>
+        <v>55</v>
       </c>
       <c r="AK93" t="s" s="5">
-        <v>50</v>
+        <v>55</v>
       </c>
       <c r="AL93" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AM93" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AN93" t="s" s="5">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="AO93" t="s" s="5">
-        <v>55</v>
+        <v>52</v>
       </c>
       <c r="AP93" t="s" s="5">
-        <v>55</v>
+        <v>52</v>
       </c>
       <c r="AQ93" t="s" s="5">
-        <v>55</v>
+        <v>52</v>
       </c>
       <c r="AR93" t="s" s="5">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="AS93" t="s" s="5">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="AT93" t="s" s="5">
         <v>55</v>
       </c>
     </row>
     <row r="94">
       <c r="A94">
         <v>93</v>
       </c>
       <c r="B94" t="s">
         <v>202</v>
       </c>
       <c r="C94" t="inlineStr" s="4">
         <is>
           <t>6553Про надання дозволу на проведення експертної грошової оцінки земельної ділянки несільськогосподарського призначення ТОВ «ТОРГОВО-ВИРОБНИЧА ФІРМА «СТИЛЬ»</t>
         </is>
       </c>
       <c r="D94" t="s">
         <v>45</v>
       </c>
       <c r="E94" t="s">
         <v>46</v>
       </c>
       <c r="F94" t="s">
         <v>64</v>
       </c>
       <c r="G94" t="s">
         <v>48</v>
       </c>
       <c r="H94" t="s">
         <v>54</v>
       </c>
       <c r="I94" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J94" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K94" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="L94" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M94" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="N94" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="O94" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="P94" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q94" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R94" t="s" s="5">
         <v>50</v>
       </c>
       <c r="S94" t="s" s="5">
         <v>50</v>
       </c>
       <c r="T94" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="U94" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V94" t="s" s="5">
         <v>51</v>
       </c>
       <c r="W94" t="s" s="5">
         <v>51</v>
       </c>
       <c r="X94" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Y94" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z94" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA94" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AB94" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC94" t="s" s="5">
-        <v>50</v>
+        <v>55</v>
       </c>
       <c r="AD94" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AE94" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF94" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AG94" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AH94" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AI94" t="s" s="5">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="AJ94" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AK94" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AL94" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AM94" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AN94" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO94" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AP94" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AQ94" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AR94" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AS94" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AT94" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="95">
       <c r="A95">
         <v>94</v>
       </c>
       <c r="B95" t="s">
         <v>203</v>
       </c>
       <c r="C95" t="inlineStr" s="4">
         <is>
           <t>6554Про надання у постійне користування земельної ділянки комунальної власності КП «РИТУАЛЬНА СЛУЖБА» КАЛУСЬКОЇ МІСЬКОЇ РАДИ ІВАНО-ФРАНКІВСЬКОЇ ОБЛАСТІ</t>
         </is>
       </c>
       <c r="D95" t="s">
         <v>45</v>
       </c>
       <c r="E95" t="s">
         <v>46</v>
       </c>
       <c r="F95" t="s">
         <v>185</v>
       </c>
       <c r="G95" t="s">
         <v>48</v>
       </c>
       <c r="H95" t="s">
         <v>49</v>
       </c>
       <c r="I95" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J95" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K95" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="L95" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M95" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="N95" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O95" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="P95" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q95" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R95" t="s" s="5">
         <v>50</v>
       </c>
       <c r="S95" t="s" s="5">
         <v>50</v>
       </c>
       <c r="T95" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="U95" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V95" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="W95" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X95" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Y95" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z95" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA95" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AB95" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC95" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD95" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE95" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF95" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AG95" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH95" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AI95" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ95" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AK95" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AL95" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AM95" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AN95" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO95" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AP95" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AQ95" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AR95" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AS95" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AT95" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="96">
       <c r="A96">
         <v>95</v>
       </c>
       <c r="B96" t="s">
         <v>204</v>
       </c>
       <c r="C96" t="inlineStr" s="4">
         <is>
           <t>6555Про надання дозволу на розроблення проєкту землеустрою щодо відведення земельної ділянки в оренду гр. Федоляку Т. В.</t>
         </is>
       </c>
       <c r="D96" t="s">
         <v>45</v>
       </c>
       <c r="E96" t="s">
         <v>70</v>
       </c>
       <c r="F96" t="s">
         <v>142</v>
       </c>
       <c r="G96" t="s">
         <v>48</v>
       </c>
       <c r="H96" t="s">
         <v>205</v>
       </c>
       <c r="I96" t="s" s="5">
         <v>55</v>
       </c>
       <c r="J96" t="s" s="5">
-        <v>51</v>
+        <v>55</v>
       </c>
       <c r="K96" t="s" s="5">
-        <v>51</v>
+        <v>55</v>
       </c>
       <c r="L96" t="s" s="5">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="M96" t="s" s="5">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="N96" t="s" s="5">
         <v>55</v>
       </c>
       <c r="O96" t="s" s="5">
-        <v>55</v>
+        <v>52</v>
       </c>
       <c r="P96" t="s" s="5">
         <v>55</v>
       </c>
       <c r="Q96" t="s" s="5">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="R96" t="s" s="5">
         <v>55</v>
       </c>
       <c r="S96" t="s" s="5">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="T96" t="s" s="5">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="U96" t="s" s="5">
         <v>55</v>
       </c>
       <c r="V96" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="W96" t="s" s="5">
         <v>55</v>
       </c>
       <c r="X96" t="s" s="5">
-        <v>50</v>
+        <v>55</v>
       </c>
       <c r="Y96" t="s" s="5">
         <v>55</v>
       </c>
       <c r="Z96" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AA96" t="s" s="5">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="AB96" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AC96" t="s" s="5">
-        <v>50</v>
+        <v>55</v>
       </c>
       <c r="AD96" t="s" s="5">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="AE96" t="s" s="5">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="AF96" t="s" s="5">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="AG96" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AH96" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AI96" t="s" s="5">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="AJ96" t="s" s="5">
-        <v>51</v>
+        <v>55</v>
       </c>
       <c r="AK96" t="s" s="5">
-        <v>50</v>
+        <v>55</v>
       </c>
       <c r="AL96" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AM96" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AN96" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO96" t="s" s="5">
-        <v>55</v>
+        <v>52</v>
       </c>
       <c r="AP96" t="s" s="5">
-        <v>55</v>
+        <v>52</v>
       </c>
       <c r="AQ96" t="s" s="5">
-        <v>55</v>
+        <v>52</v>
       </c>
       <c r="AR96" t="s" s="5">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="AS96" t="s" s="5">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="AT96" t="s" s="5">
         <v>55</v>
       </c>
     </row>
     <row r="97">
       <c r="A97">
         <v>96</v>
       </c>
       <c r="B97" t="s">
         <v>206</v>
       </c>
       <c r="C97" t="inlineStr" s="4">
         <is>
           <t>6556Про надання дозволу на виготовлення технічної документації із землеустрою щодо встановлення (відновлення)  меж земельної ділянки в натурі (на місцевості) ФОП Гушпіт О. О.</t>
         </is>
       </c>
       <c r="D97" t="s">
         <v>45</v>
       </c>
       <c r="E97" t="s">
         <v>46</v>
       </c>
       <c r="F97" t="s">
         <v>180</v>
       </c>
       <c r="G97" t="s">
         <v>48</v>
       </c>
       <c r="H97" t="s">
         <v>49</v>
       </c>
       <c r="I97" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J97" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K97" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L97" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M97" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="N97" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O97" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="P97" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q97" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R97" t="s" s="5">
         <v>50</v>
       </c>
       <c r="S97" t="s" s="5">
         <v>50</v>
       </c>
       <c r="T97" t="s" s="5">
         <v>50</v>
       </c>
       <c r="U97" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="V97" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="W97" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X97" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Y97" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z97" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA97" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AB97" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC97" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD97" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE97" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF97" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AG97" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AH97" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AI97" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ97" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AK97" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AL97" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AM97" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AN97" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AO97" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AP97" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AQ97" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AR97" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AS97" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AT97" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="98">
       <c r="A98">
         <v>97</v>
       </c>
       <c r="B98" t="s">
         <v>207</v>
       </c>
       <c r="C98" t="inlineStr" s="4">
         <is>
           <t>6557Про надання дозволу на виготовлення технічної документації із землеустрою щодо встановлення (відновлення)  меж земельної ділянки в натурі (на місцевості) ФОП Гулин А. Є.</t>
         </is>
       </c>
       <c r="D98" t="s">
         <v>125</v>
       </c>
       <c r="E98" t="s">
         <v>46</v>
       </c>
       <c r="F98" t="s">
         <v>103</v>
       </c>
       <c r="G98" t="s">
         <v>48</v>
       </c>
       <c r="H98" t="s">
         <v>49</v>
       </c>
       <c r="I98" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J98" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K98" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="L98" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M98" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="N98" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O98" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="P98" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q98" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R98" t="s" s="5">
         <v>50</v>
       </c>
       <c r="S98" t="s" s="5">
         <v>50</v>
       </c>
       <c r="T98" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="U98" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V98" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="W98" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X98" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Y98" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="Z98" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA98" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AB98" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC98" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD98" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AE98" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF98" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AG98" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH98" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AI98" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ98" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AK98" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AL98" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AM98" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AN98" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO98" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AP98" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AQ98" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AR98" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AS98" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AT98" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="99">
       <c r="A99">
         <v>98</v>
       </c>
       <c r="B99" t="s">
         <v>208</v>
       </c>
       <c r="C99" t="s" s="4">
         <v>209</v>
       </c>
       <c r="D99" t="s">
         <v>128</v>
       </c>
       <c r="E99" t="s">
         <v>46</v>
       </c>
       <c r="F99" t="s">
         <v>98</v>
       </c>
       <c r="G99" t="s">
         <v>48</v>
       </c>
       <c r="H99" t="s">
         <v>49</v>
       </c>
       <c r="I99" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J99" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K99" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="L99" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="M99" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="N99" t="s" s="5">
         <v>51</v>
       </c>
       <c r="O99" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="P99" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q99" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="R99" t="s" s="5">
         <v>50</v>
       </c>
       <c r="S99" t="s" s="5">
         <v>50</v>
       </c>
       <c r="T99" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="U99" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="V99" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="W99" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="X99" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Y99" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="Z99" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AA99" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AB99" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC99" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD99" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE99" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AF99" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AG99" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH99" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AI99" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ99" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AK99" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AL99" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AM99" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AN99" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO99" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AP99" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AQ99" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AR99" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AS99" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AT99" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="100">
       <c r="A100">
         <v>99</v>
       </c>
       <c r="B100" t="s">
         <v>210</v>
       </c>
       <c r="C100" t="inlineStr" s="4">
         <is>
           <t>6559Про надання дозволу на виготовлення технічної документації із землеустрою щодо встановлення (відновлення)  меж земельної ділянки в натурі (на місцевості) ФОП Гулин А. Є.</t>
         </is>
       </c>
       <c r="D100" t="s">
         <v>45</v>
       </c>
       <c r="E100" t="s">
         <v>46</v>
       </c>
       <c r="F100" t="s">
         <v>64</v>
       </c>
       <c r="G100" t="s">
         <v>48</v>
       </c>
       <c r="H100" t="s">
         <v>49</v>
       </c>
       <c r="I100" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J100" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K100" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="L100" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="M100" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="N100" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O100" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="P100" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="Q100" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R100" t="s" s="5">
         <v>50</v>
       </c>
       <c r="S100" t="s" s="5">
         <v>50</v>
       </c>
       <c r="T100" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="U100" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="V100" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="W100" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="X100" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Y100" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Z100" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA100" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AB100" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC100" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD100" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AE100" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF100" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AG100" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH100" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AI100" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ100" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AK100" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AL100" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AM100" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AN100" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO100" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AP100" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AQ100" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AR100" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AS100" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AT100" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="101">
       <c r="A101">
         <v>100</v>
       </c>
       <c r="B101" t="s">
         <v>211</v>
       </c>
       <c r="C101" t="inlineStr" s="4">
         <is>
           <t>6560Про надання дозволу на розроблення проєкту землеустрою щодо відведення земельної ділянки в оренду гр. Сорохтею В. М.</t>
         </is>
       </c>
       <c r="D101" t="s">
         <v>45</v>
       </c>
       <c r="E101" t="s">
         <v>46</v>
       </c>
       <c r="F101" t="s">
         <v>106</v>
       </c>
       <c r="G101" t="s">
         <v>48</v>
       </c>
       <c r="H101" t="s">
         <v>49</v>
       </c>
       <c r="I101" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J101" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K101" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L101" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="M101" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="N101" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O101" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="P101" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q101" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R101" t="s" s="5">
         <v>50</v>
       </c>
       <c r="S101" t="s" s="5">
         <v>50</v>
       </c>
       <c r="T101" t="s" s="5">
         <v>50</v>
       </c>
       <c r="U101" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="V101" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="W101" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X101" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Y101" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z101" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA101" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AB101" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC101" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD101" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AE101" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF101" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AG101" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AH101" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AI101" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ101" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AK101" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AL101" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AM101" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AN101" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AO101" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AP101" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AQ101" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AR101" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AS101" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AT101" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="102">
       <c r="A102">
         <v>101</v>
       </c>
       <c r="B102" t="s">
         <v>212</v>
       </c>
       <c r="C102" t="inlineStr" s="4">
         <is>
           <t>6561   Про надання дозволу на розроблення проєкту землеустрою щодо відведення земельної ділянки гр. Федоляку Т. В.</t>
         </is>
       </c>
       <c r="D102" t="s">
         <v>45</v>
       </c>
       <c r="E102" t="s">
         <v>70</v>
       </c>
       <c r="F102" t="s">
         <v>213</v>
       </c>
       <c r="G102" t="s">
         <v>48</v>
       </c>
       <c r="H102" t="s">
         <v>170</v>
       </c>
       <c r="I102" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J102" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K102" t="s" s="5">
         <v>55</v>
       </c>
       <c r="L102" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="M102" t="s" s="5">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="N102" t="s" s="5">
-        <v>51</v>
+        <v>55</v>
       </c>
       <c r="O102" t="s" s="5">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="P102" t="s" s="5">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="Q102" t="s" s="5">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="R102" t="s" s="5">
-        <v>51</v>
+        <v>55</v>
       </c>
       <c r="S102" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="T102" t="s" s="5">
         <v>55</v>
       </c>
       <c r="U102" t="s" s="5">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="V102" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="W102" t="s" s="5">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="X102" t="s" s="5">
         <v>55</v>
       </c>
       <c r="Y102" t="s" s="5">
         <v>55</v>
       </c>
       <c r="Z102" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AA102" t="s" s="5">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="AB102" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AC102" t="s" s="5">
-        <v>50</v>
+        <v>55</v>
       </c>
       <c r="AD102" t="s" s="5">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="AE102" t="s" s="5">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="AF102" t="s" s="5">
-        <v>51</v>
+        <v>55</v>
       </c>
       <c r="AG102" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AH102" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AI102" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AJ102" t="s" s="5">
-        <v>50</v>
+        <v>55</v>
       </c>
       <c r="AK102" t="s" s="5">
-        <v>50</v>
+        <v>55</v>
       </c>
       <c r="AL102" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AM102" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AN102" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AO102" t="s" s="5">
-        <v>55</v>
+        <v>52</v>
       </c>
       <c r="AP102" t="s" s="5">
-        <v>55</v>
+        <v>52</v>
       </c>
       <c r="AQ102" t="s" s="5">
-        <v>55</v>
+        <v>52</v>
       </c>
       <c r="AR102" t="s" s="5">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="AS102" t="s" s="5">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="AT102" t="s" s="5">
         <v>55</v>
       </c>
     </row>
     <row r="103">
       <c r="A103">
         <v>102</v>
       </c>
       <c r="B103" t="s">
         <v>214</v>
       </c>
       <c r="C103" t="inlineStr" s="4">
         <is>
           <t>6562Про надання дозволу на виготовлення проекту землеустрою щодо відведення земельної ділянки цільове призначення якої змінюється  громадянину Присяжнюку Л. Г.</t>
         </is>
       </c>
       <c r="D103" t="s">
         <v>45</v>
       </c>
       <c r="E103" t="s">
         <v>46</v>
       </c>
       <c r="F103" t="s">
         <v>185</v>
       </c>
       <c r="G103" t="s">
         <v>48</v>
       </c>
       <c r="H103" t="s">
         <v>49</v>
       </c>
       <c r="I103" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J103" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K103" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L103" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="M103" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="N103" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O103" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="P103" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q103" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R103" t="s" s="5">
         <v>50</v>
       </c>
       <c r="S103" t="s" s="5">
         <v>50</v>
       </c>
       <c r="T103" t="s" s="5">
         <v>50</v>
       </c>
       <c r="U103" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="V103" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="W103" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X103" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Y103" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z103" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA103" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AB103" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC103" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD103" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE103" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF103" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AG103" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH103" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AI103" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ103" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AK103" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AL103" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AM103" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AN103" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO103" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AP103" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AQ103" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AR103" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AS103" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AT103" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="104">
       <c r="A104">
         <v>103</v>
       </c>
       <c r="B104" t="s">
         <v>215</v>
       </c>
       <c r="C104" t="inlineStr" s="4">
         <is>
           <t>6563  Про відмову у наданні дозволу на проведення експертної грошової оцінки земельної ділянки несільськогосподарського призначення ТОВ «ОРМЕТПРОМ», ТОВ «КАЛУШТРАНСБУД», ПП «ТРАНС-ЄВРОБУД»</t>
         </is>
       </c>
       <c r="D104" t="s">
         <v>45</v>
       </c>
       <c r="E104" t="s">
         <v>46</v>
       </c>
       <c r="F104" t="s">
         <v>64</v>
       </c>
       <c r="G104" t="s">
         <v>48</v>
       </c>
       <c r="H104" t="s">
         <v>216</v>
       </c>
       <c r="I104" t="s" s="5">
         <v>55</v>
       </c>
       <c r="J104" t="s" s="5">
-        <v>50</v>
+        <v>55</v>
       </c>
       <c r="K104" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L104" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M104" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="N104" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="O104" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="P104" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q104" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R104" t="s" s="5">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="S104" t="s" s="5">
         <v>50</v>
       </c>
       <c r="T104" t="s" s="5">
         <v>50</v>
       </c>
       <c r="U104" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V104" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="W104" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="X104" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Y104" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z104" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA104" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AB104" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC104" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD104" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AE104" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AF104" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AG104" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AH104" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AI104" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ104" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AK104" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AL104" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AM104" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AN104" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AO104" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AP104" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AQ104" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AR104" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AS104" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AT104" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="105">
       <c r="A105">
         <v>104</v>
       </c>
       <c r="B105" t="s">
         <v>217</v>
       </c>
       <c r="C105" t="inlineStr" s="4">
         <is>
           <t>6564Про відмову у наданні дозволу на проведення експертної грошової оцінки земельної ділянки несільськогосподарського призначення ТОВ «ДЮПОНТ-ПЛЮС»</t>
         </is>
       </c>
       <c r="D105" t="s">
         <v>45</v>
       </c>
       <c r="E105" t="s">
         <v>46</v>
       </c>
       <c r="F105" t="s">
         <v>180</v>
       </c>
       <c r="G105" t="s">
         <v>48</v>
       </c>
       <c r="H105" t="s">
         <v>49</v>
       </c>
       <c r="I105" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J105" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K105" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L105" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M105" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="N105" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O105" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="P105" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q105" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R105" t="s" s="5">
         <v>50</v>
       </c>
       <c r="S105" t="s" s="5">
         <v>50</v>
       </c>
       <c r="T105" t="s" s="5">
         <v>50</v>
       </c>
       <c r="U105" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V105" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="W105" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X105" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Y105" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z105" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA105" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AB105" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC105" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD105" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE105" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF105" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AG105" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AH105" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AI105" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ105" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AK105" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AL105" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AM105" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AN105" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AO105" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AP105" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AQ105" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AR105" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AS105" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AT105" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="106">
       <c r="A106">
         <v>105</v>
       </c>
       <c r="B106" t="s">
         <v>218</v>
       </c>
       <c r="C106" t="inlineStr" s="4">
         <is>
           <t>6565Про відмову у внесенні змін в рішення Боднарівської сільської ради  стосовно громадян Василіва І.М., Дрогомирецького Н М., Дрогомирецького Т.М., Євчук Н.Я., Кравець Н.С., Луцького В.П.,</t>
         </is>
       </c>
       <c r="D106" t="s">
         <v>45</v>
       </c>
       <c r="E106" t="s">
         <v>46</v>
       </c>
       <c r="F106" t="s">
         <v>103</v>
       </c>
       <c r="G106" t="s">
         <v>48</v>
       </c>
       <c r="H106" t="s">
         <v>54</v>
       </c>
       <c r="I106" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J106" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K106" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L106" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M106" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="N106" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O106" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="P106" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q106" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R106" t="s" s="5">
         <v>50</v>
       </c>
       <c r="S106" t="s" s="5">
         <v>50</v>
       </c>
       <c r="T106" t="s" s="5">
         <v>50</v>
       </c>
       <c r="U106" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V106" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="W106" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X106" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Y106" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z106" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA106" t="s" s="5">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="AB106" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC106" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD106" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AE106" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AF106" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AG106" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AH106" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AI106" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ106" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AK106" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AL106" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AM106" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AN106" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AO106" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AP106" t="s" s="5">
-        <v>55</v>
+        <v>52</v>
       </c>
       <c r="AQ106" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AR106" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AS106" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AT106" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="107">
       <c r="A107">
         <v>106</v>
       </c>
       <c r="B107" t="s">
         <v>219</v>
       </c>
       <c r="C107" t="inlineStr" s="4">
         <is>
           <t>6566Про відмову у наданні дозволу на виготовлення проекту землеустрою щодо відведення земельної ділянки для ведення городництва в оренду гр. Коциловському П.І.</t>
         </is>
       </c>
       <c r="D107" t="s">
         <v>45</v>
       </c>
       <c r="E107" t="s">
         <v>46</v>
       </c>
       <c r="F107" t="s">
         <v>64</v>
       </c>
       <c r="G107" t="s">
         <v>48</v>
       </c>
       <c r="H107" t="s">
         <v>216</v>
       </c>
       <c r="I107" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J107" t="s" s="5">
-        <v>50</v>
+        <v>55</v>
       </c>
       <c r="K107" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L107" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="M107" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="N107" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O107" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="P107" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q107" t="s" s="5">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="R107" t="s" s="5">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="S107" t="s" s="5">
         <v>50</v>
       </c>
       <c r="T107" t="s" s="5">
         <v>50</v>
       </c>
       <c r="U107" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V107" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="W107" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X107" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Y107" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z107" t="s" s="5">
-        <v>50</v>
+        <v>55</v>
       </c>
       <c r="AA107" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AB107" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC107" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AD107" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE107" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF107" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AG107" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AH107" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AI107" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ107" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AK107" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AL107" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AM107" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AN107" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AO107" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AP107" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AQ107" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AR107" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AS107" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AT107" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="108">
       <c r="A108">
         <v>107</v>
       </c>
       <c r="B108" t="s">
         <v>220</v>
       </c>
       <c r="C108" t="inlineStr" s="4">
         <is>
           <t>6567Про відмову у наданні дозволів на виготовлення проектів землеустрою щодо відведення земельних ділянок</t>
         </is>
       </c>
       <c r="D108" t="s">
         <v>45</v>
       </c>
       <c r="E108" t="s">
         <v>70</v>
       </c>
       <c r="F108" t="s">
         <v>221</v>
       </c>
       <c r="G108" t="s">
         <v>48</v>
       </c>
       <c r="H108" t="s">
         <v>49</v>
       </c>
       <c r="I108" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J108" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K108" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L108" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M108" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="N108" t="s" s="5">
         <v>51</v>
       </c>
       <c r="O108" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="P108" t="s" s="5">
         <v>51</v>
       </c>
       <c r="Q108" t="s" s="5">
         <v>51</v>
       </c>
       <c r="R108" t="s" s="5">
         <v>51</v>
       </c>
       <c r="S108" t="s" s="5">
         <v>51</v>
       </c>
       <c r="T108" t="s" s="5">
         <v>51</v>
       </c>
       <c r="U108" t="s" s="5">
         <v>51</v>
       </c>
       <c r="V108" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="W108" t="s" s="5">
         <v>51</v>
       </c>
       <c r="X108" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="Y108" t="s" s="5">
         <v>51</v>
       </c>
       <c r="Z108" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AA108" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AB108" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AC108" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AD108" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AE108" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AF108" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AG108" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH108" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AI108" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AJ108" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AK108" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AL108" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AM108" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AN108" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AO108" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AP108" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AQ108" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AR108" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AS108" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AT108" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="109">
       <c r="A109">
         <v>108</v>
       </c>
       <c r="B109" t="s">
         <v>222</v>
       </c>
       <c r="C109" t="inlineStr" s="4">
         <is>
           <t>6568Про відмову у наданні дозволів на виготовлення проектів землеустрою щодо відведення земельних ділянок</t>
         </is>
       </c>
       <c r="D109" t="s">
         <v>45</v>
       </c>
       <c r="E109" t="s">
         <v>46</v>
       </c>
       <c r="F109" t="s">
         <v>64</v>
       </c>
       <c r="G109" t="s">
         <v>48</v>
       </c>
       <c r="H109" t="s">
         <v>54</v>
       </c>
       <c r="I109" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J109" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K109" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L109" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M109" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="N109" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O109" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="P109" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q109" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R109" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="S109" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="T109" t="s" s="5">
         <v>50</v>
       </c>
       <c r="U109" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V109" t="s" s="5">
-        <v>55</v>
+        <v>52</v>
       </c>
       <c r="W109" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X109" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Y109" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z109" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA109" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AB109" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC109" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD109" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AE109" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF109" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AG109" t="s" s="5">
-        <v>51</v>
+        <v>55</v>
       </c>
       <c r="AH109" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AI109" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ109" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AK109" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AL109" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AM109" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AN109" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AO109" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AP109" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AQ109" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AR109" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AS109" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AT109" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="110">
       <c r="A110">
         <v>109</v>
       </c>
       <c r="B110" t="s">
         <v>223</v>
       </c>
       <c r="C110" t="inlineStr" s="4">
         <is>
           <t>6569Про відмову у внесенні змін в рішення Боднарівської сільської ради від 15.05.2020 №345-38/2020 стосовно гр. Дрогомирецького І.І.</t>
         </is>
       </c>
       <c r="D110" t="s">
         <v>45</v>
       </c>
       <c r="E110" t="s">
         <v>46</v>
       </c>
       <c r="F110" t="s">
         <v>58</v>
       </c>
       <c r="G110" t="s">
         <v>48</v>
       </c>
       <c r="H110" t="s">
         <v>49</v>
       </c>
       <c r="I110" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J110" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K110" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L110" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M110" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="N110" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O110" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="P110" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q110" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R110" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="S110" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="T110" t="s" s="5">
         <v>50</v>
       </c>
       <c r="U110" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V110" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="W110" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X110" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Y110" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z110" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA110" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AB110" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC110" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD110" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE110" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AF110" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AG110" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AH110" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AI110" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ110" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AK110" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AL110" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AM110" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AN110" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AO110" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AP110" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AQ110" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AR110" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AS110" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AT110" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="111">
       <c r="A111">
         <v>110</v>
       </c>
       <c r="B111" t="s">
         <v>224</v>
       </c>
       <c r="C111" t="inlineStr" s="4">
         <is>
           <t>6570Про затвердження  технічної документації з нормативної грошової оцінки земельної ділянки за межами населеного пункту села Мостище</t>
         </is>
       </c>
       <c r="D111" t="s">
         <v>45</v>
       </c>
       <c r="E111" t="s">
         <v>46</v>
       </c>
       <c r="F111" t="s">
         <v>182</v>
       </c>
       <c r="G111" t="s">
         <v>48</v>
       </c>
       <c r="H111" t="s">
         <v>49</v>
       </c>
       <c r="I111" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J111" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K111" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L111" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M111" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="N111" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O111" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="P111" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q111" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R111" t="s" s="5">
         <v>50</v>
       </c>
       <c r="S111" t="s" s="5">
         <v>50</v>
       </c>
       <c r="T111" t="s" s="5">
         <v>50</v>
       </c>
       <c r="U111" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V111" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="W111" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X111" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Y111" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z111" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA111" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AB111" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC111" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD111" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE111" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF111" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AG111" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH111" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AI111" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ111" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AK111" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AL111" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AM111" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AN111" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO111" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AP111" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AQ111" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AR111" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AS111" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AT111" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="112">
       <c r="A112">
         <v>111</v>
       </c>
       <c r="B112" t="s">
         <v>225</v>
       </c>
       <c r="C112" t="inlineStr" s="4">
         <is>
           <t>6571 Про надання дозволу на розроблення проекту землеустрою щодо відведення ​​​​​​​земельної ділянки для гаражного будівництва у власність громадянину Цюпі П.І.</t>
         </is>
       </c>
       <c r="D112" t="s">
         <v>45</v>
       </c>
       <c r="E112" t="s">
         <v>46</v>
       </c>
       <c r="F112" t="s">
         <v>58</v>
       </c>
       <c r="G112" t="s">
         <v>48</v>
       </c>
       <c r="H112" t="s">
         <v>49</v>
       </c>
       <c r="I112" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J112" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K112" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L112" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M112" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="N112" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="O112" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="P112" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q112" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R112" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="S112" t="s" s="5">
         <v>50</v>
       </c>
       <c r="T112" t="s" s="5">
         <v>50</v>
       </c>
       <c r="U112" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V112" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="W112" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="X112" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Y112" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z112" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AA112" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AB112" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC112" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD112" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE112" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AF112" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AG112" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH112" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AI112" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ112" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AK112" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AL112" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AM112" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AN112" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO112" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AP112" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AQ112" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AR112" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AS112" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AT112" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
     </row>
     <row r="113">
       <c r="A113">
         <v>112</v>
       </c>
       <c r="B113" t="s">
         <v>226</v>
       </c>
       <c r="C113" t="inlineStr" s="4">
         <is>
           <t>6572Про надання дозволу на виготовлення проекту землеустрою щодо відведення земельної ділянки цільове призначення якої змінюється  ТзОВ «ТД КАЛУСЬКИЙ БРОВАР»</t>
         </is>
       </c>
       <c r="D113" t="s">
         <v>45</v>
       </c>
       <c r="E113" t="s">
         <v>70</v>
       </c>
       <c r="F113" t="s">
         <v>165</v>
       </c>
       <c r="G113" t="s">
         <v>166</v>
       </c>
       <c r="H113" t="s">
         <v>227</v>
       </c>
       <c r="I113" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J113" t="s" s="5">
-        <v>51</v>
+        <v>55</v>
       </c>
       <c r="K113" t="s" s="5">
-        <v>55</v>
+        <v>163</v>
       </c>
       <c r="L113" t="s" s="5">
         <v>55</v>
       </c>
       <c r="M113" t="s" s="5">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="N113" t="s" s="5">
         <v>55</v>
       </c>
       <c r="O113" t="s" s="5">
-        <v>55</v>
+        <v>52</v>
       </c>
       <c r="P113" t="s" s="5">
         <v>55</v>
       </c>
       <c r="Q113" t="s" s="5">
         <v>55</v>
       </c>
       <c r="R113" t="s" s="5">
         <v>55</v>
       </c>
       <c r="S113" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="T113" t="s" s="5">
-        <v>51</v>
+        <v>55</v>
       </c>
       <c r="U113" t="s" s="5">
         <v>55</v>
       </c>
       <c r="V113" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="W113" t="s" s="5">
         <v>55</v>
       </c>
       <c r="X113" t="s" s="5">
-        <v>51</v>
+        <v>55</v>
       </c>
       <c r="Y113" t="s" s="5">
         <v>55</v>
       </c>
       <c r="Z113" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AA113" t="s" s="5">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="AB113" t="s" s="5">
-        <v>163</v>
+        <v>55</v>
       </c>
       <c r="AC113" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AD113" t="s" s="5">
-        <v>55</v>
+        <v>52</v>
       </c>
       <c r="AE113" t="s" s="5">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="AF113" t="s" s="5">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="AG113" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AH113" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AI113" t="s" s="5">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="AJ113" t="s" s="5">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="AK113" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AL113" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AM113" t="s" s="5">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="AN113" t="s" s="5">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="AO113" t="s" s="5">
-        <v>55</v>
+        <v>52</v>
       </c>
       <c r="AP113" t="s" s="5">
-        <v>55</v>
+        <v>52</v>
       </c>
       <c r="AQ113" t="s" s="5">
-        <v>55</v>
+        <v>52</v>
       </c>
       <c r="AR113" t="s" s="5">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="AS113" t="s" s="5">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="AT113" t="s" s="5">
         <v>55</v>
       </c>
     </row>
     <row r="114">
       <c r="A114"/>
       <c r="B114"/>
       <c r="C114"/>
       <c r="D114"/>
       <c r="E114"/>
       <c r="F114"/>
       <c r="G114"/>
       <c r="H114"/>
       <c r="I114" t="s">
         <v>228</v>
       </c>
       <c r="J114" t="s">
         <v>229</v>
       </c>
       <c r="K114" t="s">
-        <v>229</v>
+        <v>106</v>
       </c>
       <c r="L114" t="s">
         <v>230</v>
       </c>
       <c r="M114" t="s">
         <v>231</v>
       </c>
       <c r="N114" t="s">
         <v>232</v>
       </c>
       <c r="O114" t="s">
+        <v>172</v>
+      </c>
+      <c r="P114" t="s">
         <v>233</v>
       </c>
-      <c r="P114" t="s">
+      <c r="Q114" t="s">
         <v>234</v>
       </c>
-      <c r="Q114" t="s">
+      <c r="R114" t="s">
+        <v>232</v>
+      </c>
+      <c r="S114" t="s">
         <v>235</v>
       </c>
-      <c r="R114" t="s">
+      <c r="T114" t="s">
+        <v>235</v>
+      </c>
+      <c r="U114" t="s">
         <v>236</v>
       </c>
-      <c r="S114" t="s">
+      <c r="V114" t="s">
         <v>237</v>
       </c>
-      <c r="T114" t="s">
+      <c r="W114" t="s">
         <v>238</v>
       </c>
-      <c r="U114" t="s">
+      <c r="X114" t="s">
         <v>239</v>
       </c>
-      <c r="V114" t="s">
+      <c r="Y114" t="s">
+        <v>234</v>
+      </c>
+      <c r="Z114" t="s">
         <v>240</v>
       </c>
-      <c r="W114" t="s">
+      <c r="AA114" t="s">
         <v>241</v>
       </c>
-      <c r="X114" t="s">
+      <c r="AB114" t="s">
         <v>242</v>
       </c>
-      <c r="Y114" t="s">
-[...2 lines deleted...]
-      <c r="Z114" t="s">
+      <c r="AC114" t="s">
         <v>243</v>
       </c>
-      <c r="AA114" t="s">
-[...5 lines deleted...]
-      <c r="AC114" t="s">
+      <c r="AD114" t="s">
         <v>244</v>
       </c>
-      <c r="AD114" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AE114" t="s">
-        <v>243</v>
+        <v>245</v>
       </c>
       <c r="AF114" t="s">
-        <v>172</v>
+        <v>246</v>
       </c>
       <c r="AG114" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="AH114" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="AI114" t="s">
-        <v>247</v>
+        <v>233</v>
       </c>
       <c r="AJ114" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="AK114" t="s">
         <v>249</v>
       </c>
       <c r="AL114" t="s">
+        <v>231</v>
+      </c>
+      <c r="AM114" t="s">
         <v>250</v>
       </c>
-      <c r="AM114" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AN114" t="s">
-        <v>234</v>
+        <v>251</v>
       </c>
       <c r="AO114" t="s">
-        <v>238</v>
+        <v>221</v>
       </c>
       <c r="AP114" t="s">
-        <v>251</v>
+        <v>221</v>
       </c>
       <c r="AQ114" t="s">
-        <v>243</v>
+        <v>221</v>
       </c>
       <c r="AR114" t="s">
-        <v>221</v>
+        <v>252</v>
       </c>
       <c r="AS114" t="s">
-        <v>221</v>
+        <v>233</v>
       </c>
       <c r="AT114" t="s">
-        <v>252</v>
+        <v>232</v>
       </c>
     </row>
     <row r="115">
       <c r="A115"/>
       <c r="B115"/>
       <c r="C115"/>
       <c r="D115"/>
       <c r="E115"/>
       <c r="F115"/>
       <c r="G115"/>
       <c r="H115"/>
       <c r="I115" t="s">
         <v>166</v>
       </c>
       <c r="J115" t="s">
         <v>48</v>
       </c>
       <c r="K115" t="s">
         <v>166</v>
       </c>
       <c r="L115" t="s">
         <v>48</v>
       </c>
       <c r="M115" t="s">
         <v>48</v>
       </c>
       <c r="N115" t="s">
         <v>48</v>
       </c>
       <c r="O115" t="s">
         <v>48</v>
       </c>
       <c r="P115" t="s">
-        <v>161</v>
+        <v>48</v>
       </c>
       <c r="Q115" t="s">
         <v>48</v>
       </c>
       <c r="R115" t="s">
         <v>48</v>
       </c>
       <c r="S115" t="s">
         <v>48</v>
       </c>
       <c r="T115" t="s">
-        <v>48</v>
+        <v>166</v>
       </c>
       <c r="U115" t="s">
         <v>48</v>
       </c>
       <c r="V115" t="s">
         <v>48</v>
       </c>
       <c r="W115" t="s">
         <v>48</v>
       </c>
       <c r="X115" t="s">
         <v>48</v>
       </c>
       <c r="Y115" t="s">
-        <v>48</v>
+        <v>161</v>
       </c>
       <c r="Z115" t="s">
         <v>48</v>
       </c>
       <c r="AA115" t="s">
         <v>48</v>
       </c>
       <c r="AB115" t="s">
-        <v>166</v>
+        <v>48</v>
       </c>
       <c r="AC115" t="s">
         <v>48</v>
       </c>
       <c r="AD115" t="s">
         <v>48</v>
       </c>
       <c r="AE115" t="s">
         <v>48</v>
       </c>
       <c r="AF115" t="s">
         <v>48</v>
       </c>
       <c r="AG115" t="s">
         <v>48</v>
       </c>
       <c r="AH115" t="s">
         <v>48</v>
       </c>
       <c r="AI115" t="s">
         <v>48</v>
       </c>
       <c r="AJ115" t="s">
-        <v>48</v>
+        <v>253</v>
       </c>
       <c r="AK115" t="s">
         <v>48</v>
       </c>
       <c r="AL115" t="s">
         <v>48</v>
       </c>
       <c r="AM115" t="s">
         <v>48</v>
       </c>
       <c r="AN115" t="s">
         <v>48</v>
       </c>
       <c r="AO115" t="s">
-        <v>253</v>
+        <v>48</v>
       </c>
       <c r="AP115" t="s">
         <v>48</v>
       </c>
       <c r="AQ115" t="s">
         <v>48</v>
       </c>
       <c r="AR115" t="s">
         <v>48</v>
       </c>
       <c r="AS115" t="s">
         <v>48</v>
       </c>
       <c r="AT115" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="116">
       <c r="A116"/>
       <c r="B116"/>
       <c r="C116"/>
       <c r="D116"/>
       <c r="E116"/>
       <c r="F116"/>
       <c r="G116"/>
       <c r="H116"/>
       <c r="I116" t="s">
         <v>254</v>
       </c>
       <c r="J116" t="s">
         <v>255</v>
       </c>
       <c r="K116" t="s">
+        <v>254</v>
+      </c>
+      <c r="L116" t="s">
+        <v>254</v>
+      </c>
+      <c r="M116" t="s">
         <v>256</v>
-      </c>
-[...4 lines deleted...]
-        <v>258</v>
       </c>
       <c r="N116" t="s">
         <v>254</v>
       </c>
       <c r="O116" t="s">
-        <v>259</v>
+        <v>257</v>
       </c>
       <c r="P116" t="s">
-        <v>256</v>
+        <v>258</v>
       </c>
       <c r="Q116" t="s">
         <v>259</v>
       </c>
       <c r="R116" t="s">
-        <v>257</v>
+        <v>256</v>
       </c>
       <c r="S116" t="s">
         <v>260</v>
       </c>
       <c r="T116" t="s">
+        <v>258</v>
+      </c>
+      <c r="U116" t="s">
+        <v>255</v>
+      </c>
+      <c r="V116" t="s">
+        <v>257</v>
+      </c>
+      <c r="W116" t="s">
+        <v>254</v>
+      </c>
+      <c r="X116" t="s">
         <v>261</v>
       </c>
-      <c r="U116" t="s">
+      <c r="Y116" t="s">
+        <v>258</v>
+      </c>
+      <c r="Z116" t="s">
+        <v>261</v>
+      </c>
+      <c r="AA116" t="s">
+        <v>259</v>
+      </c>
+      <c r="AB116" t="s">
+        <v>255</v>
+      </c>
+      <c r="AC116" t="s">
         <v>262</v>
       </c>
-      <c r="V116" t="s">
+      <c r="AD116" t="s">
         <v>263</v>
       </c>
-      <c r="W116" t="s">
-[...2 lines deleted...]
-      <c r="X116" t="s">
+      <c r="AE116" t="s">
+        <v>257</v>
+      </c>
+      <c r="AF116" t="s">
+        <v>256</v>
+      </c>
+      <c r="AG116" t="s">
+        <v>264</v>
+      </c>
+      <c r="AH116" t="s">
+        <v>256</v>
+      </c>
+      <c r="AI116" t="s">
         <v>254</v>
       </c>
-      <c r="Y116" t="s">
-[...2 lines deleted...]
-      <c r="Z116" t="s">
+      <c r="AJ116" t="s">
+        <v>260</v>
+      </c>
+      <c r="AK116" t="s">
+        <v>265</v>
+      </c>
+      <c r="AL116" t="s">
         <v>256</v>
       </c>
-      <c r="AA116" t="s">
+      <c r="AM116" t="s">
+        <v>259</v>
+      </c>
+      <c r="AN116" t="s">
+        <v>264</v>
+      </c>
+      <c r="AO116" t="s">
+        <v>257</v>
+      </c>
+      <c r="AP116" t="s">
+        <v>257</v>
+      </c>
+      <c r="AQ116" t="s">
+        <v>257</v>
+      </c>
+      <c r="AR116" t="s">
+        <v>255</v>
+      </c>
+      <c r="AS116" t="s">
+        <v>256</v>
+      </c>
+      <c r="AT116" t="s">
         <v>258</v>
-      </c>
-[...55 lines deleted...]
-        <v>257</v>
       </c>
     </row>
     <row r="117">
       <c r="A117"/>
       <c r="B117"/>
       <c r="C117"/>
       <c r="D117"/>
       <c r="E117"/>
       <c r="F117"/>
       <c r="G117"/>
       <c r="H117"/>
       <c r="I117" t="s">
         <v>266</v>
       </c>
       <c r="J117" t="s">
+        <v>267</v>
+      </c>
+      <c r="K117" t="s">
+        <v>268</v>
+      </c>
+      <c r="L117" t="s">
+        <v>269</v>
+      </c>
+      <c r="M117" t="s">
+        <v>270</v>
+      </c>
+      <c r="N117" t="s">
+        <v>271</v>
+      </c>
+      <c r="O117" t="s">
+        <v>272</v>
+      </c>
+      <c r="P117" t="s">
+        <v>273</v>
+      </c>
+      <c r="Q117" t="s">
+        <v>274</v>
+      </c>
+      <c r="R117" t="s">
+        <v>275</v>
+      </c>
+      <c r="S117" t="s">
         <v>266</v>
       </c>
-      <c r="K117" t="s">
-[...11 lines deleted...]
-      <c r="O117" t="s">
+      <c r="T117" t="s">
+        <v>276</v>
+      </c>
+      <c r="U117" t="s">
         <v>270</v>
       </c>
-      <c r="P117" t="s">
+      <c r="V117" t="s">
+        <v>270</v>
+      </c>
+      <c r="W117" t="s">
+        <v>277</v>
+      </c>
+      <c r="X117" t="s">
+        <v>274</v>
+      </c>
+      <c r="Y117" t="s">
+        <v>278</v>
+      </c>
+      <c r="Z117" t="s">
         <v>271</v>
-      </c>
-[...28 lines deleted...]
-        <v>278</v>
       </c>
       <c r="AA117" t="s">
         <v>279</v>
       </c>
       <c r="AB117" t="s">
+        <v>273</v>
+      </c>
+      <c r="AC117" t="s">
         <v>280</v>
       </c>
-      <c r="AC117" t="s">
+      <c r="AD117" t="s">
         <v>281</v>
       </c>
-      <c r="AD117" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AE117" t="s">
-        <v>272</v>
+        <v>282</v>
       </c>
       <c r="AF117" t="s">
-        <v>282</v>
+        <v>275</v>
       </c>
       <c r="AG117" t="s">
         <v>283</v>
       </c>
       <c r="AH117" t="s">
+        <v>277</v>
+      </c>
+      <c r="AI117" t="s">
+        <v>270</v>
+      </c>
+      <c r="AJ117" t="s">
+        <v>278</v>
+      </c>
+      <c r="AK117" t="s">
         <v>284</v>
       </c>
-      <c r="AI117" t="s">
+      <c r="AL117" t="s">
+        <v>270</v>
+      </c>
+      <c r="AM117" t="s">
         <v>285</v>
       </c>
-      <c r="AJ117" t="s">
+      <c r="AN117" t="s">
         <v>286</v>
       </c>
-      <c r="AK117" t="s">
+      <c r="AO117" t="s">
         <v>287</v>
       </c>
-      <c r="AL117" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="AP117" t="s">
-        <v>289</v>
+        <v>287</v>
       </c>
       <c r="AQ117" t="s">
         <v>288</v>
       </c>
       <c r="AR117" t="s">
-        <v>279</v>
+        <v>277</v>
       </c>
       <c r="AS117" t="s">
+        <v>289</v>
+      </c>
+      <c r="AT117" t="s">
         <v>290</v>
-      </c>
-[...1 lines deleted...]
-        <v>269</v>
       </c>
     </row>
     <row r="118">
       <c r="A118"/>
       <c r="B118"/>
       <c r="C118"/>
       <c r="D118"/>
       <c r="E118"/>
       <c r="F118"/>
       <c r="G118"/>
       <c r="H118"/>
       <c r="I118" t="s">
         <v>291</v>
       </c>
       <c r="J118" t="s">
         <v>292</v>
       </c>
       <c r="K118" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="L118" t="s">
-        <v>292</v>
+        <v>294</v>
       </c>
       <c r="M118" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="N118" t="s">
-        <v>292</v>
+        <v>295</v>
       </c>
       <c r="O118" t="s">
-        <v>292</v>
+        <v>296</v>
       </c>
       <c r="P118" t="s">
-        <v>292</v>
+        <v>297</v>
       </c>
       <c r="Q118" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="R118" t="s">
         <v>294</v>
       </c>
       <c r="S118" t="s">
-        <v>292</v>
+        <v>294</v>
       </c>
       <c r="T118" t="s">
-        <v>292</v>
+        <v>294</v>
       </c>
       <c r="U118" t="s">
-        <v>292</v>
+        <v>294</v>
       </c>
       <c r="V118" t="s">
-        <v>292</v>
+        <v>299</v>
       </c>
       <c r="W118" t="s">
-        <v>292</v>
+        <v>294</v>
       </c>
       <c r="X118" t="s">
-        <v>292</v>
+        <v>294</v>
       </c>
       <c r="Y118" t="s">
-        <v>292</v>
+        <v>294</v>
       </c>
       <c r="Z118" t="s">
-        <v>292</v>
+        <v>294</v>
       </c>
       <c r="AA118" t="s">
-        <v>295</v>
+        <v>294</v>
       </c>
       <c r="AB118" t="s">
-        <v>296</v>
+        <v>294</v>
       </c>
       <c r="AC118" t="s">
-        <v>292</v>
+        <v>300</v>
       </c>
       <c r="AD118" t="s">
-        <v>292</v>
+        <v>301</v>
       </c>
       <c r="AE118" t="s">
-        <v>297</v>
+        <v>294</v>
       </c>
       <c r="AF118" t="s">
-        <v>298</v>
+        <v>302</v>
       </c>
       <c r="AG118" t="s">
-        <v>299</v>
+        <v>294</v>
       </c>
       <c r="AH118" t="s">
-        <v>292</v>
+        <v>294</v>
       </c>
       <c r="AI118" t="s">
-        <v>300</v>
+        <v>294</v>
       </c>
       <c r="AJ118" t="s">
-        <v>301</v>
+        <v>294</v>
       </c>
       <c r="AK118" t="s">
-        <v>292</v>
+        <v>294</v>
       </c>
       <c r="AL118" t="s">
-        <v>302</v>
+        <v>294</v>
       </c>
       <c r="AM118" t="s">
+        <v>294</v>
+      </c>
+      <c r="AN118" t="s">
         <v>303</v>
       </c>
-      <c r="AN118" t="s">
+      <c r="AO118" t="s">
         <v>304</v>
       </c>
-      <c r="AO118" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AP118" t="s">
-        <v>292</v>
+        <v>304</v>
       </c>
       <c r="AQ118" t="s">
-        <v>292</v>
+        <v>305</v>
       </c>
       <c r="AR118" t="s">
-        <v>295</v>
+        <v>294</v>
       </c>
       <c r="AS118" t="s">
-        <v>305</v>
+        <v>294</v>
       </c>
       <c r="AT118" t="s">
-        <v>292</v>
+        <v>294</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="D1:E1"/>
     <mergeCell ref="F1:H1"/>
   </mergeCells>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>SimpleXLSXGen</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:language>en-US</dc:language>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>