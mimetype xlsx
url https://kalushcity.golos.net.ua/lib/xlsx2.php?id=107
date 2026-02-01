--- v0 (2025-12-05)
+++ v1 (2026-02-01)
@@ -38,159 +38,159 @@
   <si>
     <t>voteTimestamp</t>
   </si>
   <si>
     <t>title</t>
   </si>
   <si>
     <t>type</t>
   </si>
   <si>
     <t>result</t>
   </si>
   <si>
     <t>za</t>
   </si>
   <si>
     <t>prt</t>
   </si>
   <si>
     <t>utr</t>
   </si>
   <si>
     <t>Bodnarchuk Roman Mykhaylovych</t>
   </si>
   <si>
+    <t>Havrylyshyn Mykhaylo Bohdanovych</t>
+  </si>
+  <si>
+    <t>Nyzhnyk Oleh Bohdanovych</t>
+  </si>
+  <si>
+    <t>Vahilevych Vasyl Mykolayovych</t>
+  </si>
+  <si>
+    <t>Nayda Andriy Mykhaylovych</t>
+  </si>
+  <si>
+    <t>Tymkiv Volodymyr Yaroslavovych</t>
+  </si>
+  <si>
+    <t>Shutyak Oksana Bohdanivna</t>
+  </si>
+  <si>
+    <t>Onufryk Lyubomyr Yaroslavovych</t>
+  </si>
+  <si>
+    <t>Kuts Serhiy Leonidovych</t>
+  </si>
+  <si>
+    <t>Bilinskyy Petro Stepanovych</t>
+  </si>
+  <si>
     <t>Barnych Taras Yaroslavovych</t>
   </si>
   <si>
     <t>Berbets Viktor Hustavovych</t>
   </si>
   <si>
     <t>Bilous Inna Petrivna</t>
   </si>
   <si>
     <t>Vayda Ruslana Bohdanivna</t>
   </si>
   <si>
     <t>Valnyuk Dmytro Myroslavovych</t>
   </si>
   <si>
     <t>Halayda Bohdana Ihorivna</t>
   </si>
   <si>
     <t>Hiltaychuk Viktor Viktorovych</t>
   </si>
   <si>
     <t>Huk Oksana Volodymyrivna</t>
   </si>
   <si>
-    <t>Havrylyshyn Mykhaylo Bohdanovych</t>
+    <t>Dzundza Vasyl Stepanovych</t>
+  </si>
+  <si>
+    <t>Kyrylovych Lesya Omelyanivna</t>
+  </si>
+  <si>
+    <t>Koval Oleksandr Mykhaylovych</t>
+  </si>
+  <si>
+    <t>Mazuryk Ivan Ivanovych</t>
+  </si>
+  <si>
+    <t>Matkivska Halyna Yaroslavivna</t>
+  </si>
+  <si>
+    <t>Mytsak Oleksandr Anatoliyovych</t>
+  </si>
+  <si>
+    <t>Moroz Fedir Hryhorovych</t>
+  </si>
+  <si>
+    <t>Ochkur Iryna Hryhorivna</t>
+  </si>
+  <si>
+    <t>Pavliv Iryna Vasylivna</t>
+  </si>
+  <si>
+    <t>Pohynayko Yuriy Pavlovych</t>
+  </si>
+  <si>
+    <t>Polyanska Nataliya Yevhenivna</t>
+  </si>
+  <si>
+    <t>Popelnytska Alla Volodymyrivna</t>
   </si>
   <si>
     <t>Savchuk Oksana Ihorivna</t>
   </si>
   <si>
-    <t>Polyanska Nataliya Yevhenivna</t>
-[...11 lines deleted...]
-    <t>Pavliv Iryna Vasylivna</t>
+    <t>Sikora Olha Myroslavivna</t>
+  </si>
+  <si>
+    <t>Sokolovskyy Oleksandr Dmytrovych</t>
+  </si>
+  <si>
+    <t>Chepil Petro Mykhaylovych</t>
+  </si>
+  <si>
+    <t>Shyyko Serhiy Ivanovych</t>
+  </si>
+  <si>
+    <t>Kinash Yaroslav Petrovych</t>
   </si>
   <si>
     <t>Biletska Olha Zinoviyivna</t>
   </si>
   <si>
     <t>Polytskyy Volodymyr Mykhaylovych</t>
-  </si>
-[...58 lines deleted...]
-    <t>Kinash Yaroslav Petrovych</t>
   </si>
   <si>
     <t>13.10.22  17:01:07</t>
   </si>
   <si>
     <t>7393Про визначення виробника, виконавця та надавача комунальних послуг міста Калуша</t>
   </si>
   <si>
     <t>В цілому</t>
   </si>
   <si>
     <t>ПРИЙНЯТО</t>
   </si>
   <si>
     <t>За</t>
   </si>
   <si>
     <t>Відсут.</t>
   </si>
   <si>
     <t>Не голос.</t>
   </si>
 </sst>
 </file>
 
@@ -282,52 +282,52 @@
     <col min="20" max="20" width="15"/>
     <col min="21" max="21" width="15"/>
     <col min="22" max="22" width="15"/>
     <col min="23" max="23" width="15"/>
     <col min="24" max="24" width="15"/>
     <col min="25" max="25" width="15"/>
     <col min="26" max="26" width="15"/>
     <col min="27" max="27" width="15"/>
     <col min="28" max="28" width="15"/>
     <col min="29" max="29" width="15"/>
     <col min="30" max="30" width="15"/>
     <col min="31" max="31" width="15"/>
     <col min="32" max="32" width="15"/>
     <col min="33" max="33" width="15"/>
     <col min="34" max="34" width="15"/>
     <col min="35" max="35" width="15"/>
     <col min="36" max="36" width="15"/>
     <col min="37" max="37" width="15"/>
     <col min="38" max="38" width="15"/>
     <col min="39" max="39" width="15"/>
     <col min="40" max="40" width="15"/>
     <col min="41" max="41" width="15"/>
     <col min="42" max="42" width="15"/>
     <col min="43" max="43" width="15"/>
     <col min="44" max="44" width="15"/>
-    <col min="45" max="45" width="24"/>
-    <col min="46" max="46" width="26"/>
+    <col min="45" max="45" width="26"/>
+    <col min="46" max="46" width="33"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="s" s="2">
         <v>0</v>
       </c>
       <c r="B1" t="s" s="2">
         <v>1</v>
       </c>
       <c r="C1" t="s" s="2">
         <v>2</v>
       </c>
       <c r="D1" t="s" s="2">
         <v>3</v>
       </c>
       <c r="E1" t="s" s="2">
         <v>4</v>
       </c>
       <c r="F1" t="s" s="2">
         <v>5</v>
       </c>
       <c r="G1" t="s" s="2">
         <v>6</v>
       </c>
       <c r="H1" t="s" s="2">
@@ -455,155 +455,155 @@
       <c r="B2" t="s">
         <v>46</v>
       </c>
       <c r="C2" t="s" s="4">
         <v>47</v>
       </c>
       <c r="D2" t="s">
         <v>48</v>
       </c>
       <c r="E2" t="s">
         <v>49</v>
       </c>
       <c r="F2">
         <v>20</v>
       </c>
       <c r="G2">
         <v>0</v>
       </c>
       <c r="H2">
         <v>0</v>
       </c>
       <c r="I2" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J2" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="K2" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="L2" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M2" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="N2" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="O2" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="P2" t="s" s="5">
         <v>51</v>
       </c>
       <c r="Q2" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="R2" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="S2" t="s" s="5">
         <v>50</v>
       </c>
       <c r="T2" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="U2" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="V2" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="W2" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X2" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="Y2" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Z2" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AA2" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AB2" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC2" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AD2" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AE2" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AF2" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AG2" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AH2" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AI2" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AJ2" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AK2" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AL2" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AM2" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AN2" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AO2" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AP2" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AQ2" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AR2" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS2" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AT2" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>SimpleXLSXGen</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:language>en-US</dc:language>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>