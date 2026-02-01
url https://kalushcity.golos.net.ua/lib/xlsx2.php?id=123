--- v0 (2025-12-05)
+++ v1 (2026-02-01)
@@ -38,153 +38,153 @@
   <si>
     <t>voteTimestamp</t>
   </si>
   <si>
     <t>title</t>
   </si>
   <si>
     <t>type</t>
   </si>
   <si>
     <t>result</t>
   </si>
   <si>
     <t>za</t>
   </si>
   <si>
     <t>prt</t>
   </si>
   <si>
     <t>utr</t>
   </si>
   <si>
     <t>Bodnarchuk Roman Mykhaylovych</t>
   </si>
   <si>
+    <t>Havrylyshyn Mykhaylo Bohdanovych</t>
+  </si>
+  <si>
+    <t>Nyzhnyk Oleh Bohdanovych</t>
+  </si>
+  <si>
+    <t>Vahilevych Vasyl Mykolayovych</t>
+  </si>
+  <si>
+    <t>Nayda Andriy Mykhaylovych</t>
+  </si>
+  <si>
+    <t>Shutyak Oksana Bohdanivna</t>
+  </si>
+  <si>
+    <t>Onufryk Lyubomyr Yaroslavovych</t>
+  </si>
+  <si>
+    <t>Kuts Serhiy Leonidovych</t>
+  </si>
+  <si>
+    <t>Bilinskyy Petro Stepanovych</t>
+  </si>
+  <si>
     <t>Barnych Taras Yaroslavovych</t>
   </si>
   <si>
     <t>Berbets Viktor Hustavovych</t>
   </si>
   <si>
     <t>Bilous Inna Petrivna</t>
   </si>
   <si>
     <t>Vayda Ruslana Bohdanivna</t>
   </si>
   <si>
     <t>Valnyuk Dmytro Myroslavovych</t>
   </si>
   <si>
     <t>Halayda Bohdana Ihorivna</t>
   </si>
   <si>
     <t>Hiltaychuk Viktor Viktorovych</t>
   </si>
   <si>
     <t>Huk Oksana Volodymyrivna</t>
   </si>
   <si>
-    <t>Havrylyshyn Mykhaylo Bohdanovych</t>
+    <t>Dzundza Vasyl Stepanovych</t>
+  </si>
+  <si>
+    <t>Kyrylovych Lesya Omelyanivna</t>
+  </si>
+  <si>
+    <t>Mazuryk Ivan Ivanovych</t>
+  </si>
+  <si>
+    <t>Matkivska Halyna Yaroslavivna</t>
+  </si>
+  <si>
+    <t>Mytsak Oleksandr Anatoliyovych</t>
+  </si>
+  <si>
+    <t>Moroz Fedir Hryhorovych</t>
+  </si>
+  <si>
+    <t>Ochkur Iryna Hryhorivna</t>
+  </si>
+  <si>
+    <t>Pavliv Iryna Vasylivna</t>
+  </si>
+  <si>
+    <t>Pohynayko Yuriy Pavlovych</t>
+  </si>
+  <si>
+    <t>Polyanska Nataliya Yevhenivna</t>
+  </si>
+  <si>
+    <t>Popelnytska Alla Volodymyrivna</t>
   </si>
   <si>
     <t>Savchuk Oksana Ihorivna</t>
   </si>
   <si>
-    <t>Polyanska Nataliya Yevhenivna</t>
-[...11 lines deleted...]
-    <t>Pavliv Iryna Vasylivna</t>
+    <t>Sikora Olha Myroslavivna</t>
+  </si>
+  <si>
+    <t>Sokolovskyy Oleksandr Dmytrovych</t>
+  </si>
+  <si>
+    <t>Chepil Petro Mykhaylovych</t>
+  </si>
+  <si>
+    <t>Shyyko Serhiy Ivanovych</t>
+  </si>
+  <si>
+    <t>Kinash Yaroslav Petrovych</t>
   </si>
   <si>
     <t>Biletska Olha Zinoviyivna</t>
   </si>
   <si>
     <t>Polytskyy Volodymyr Mykhaylovych</t>
-  </si>
-[...52 lines deleted...]
-    <t>Kinash Yaroslav Petrovych</t>
   </si>
   <si>
     <t>Tabachuk Nataliya Tytivna</t>
   </si>
   <si>
     <t>Fedoryshyn Svyatoslav Ihorovych</t>
   </si>
   <si>
     <t>Smolyanskyy Oleksandr Anatoliyovych</t>
   </si>
   <si>
     <t>22.08.23  16:11:12</t>
   </si>
   <si>
     <t>В цілому</t>
   </si>
   <si>
     <t>ПРИЙНЯТО</t>
   </si>
   <si>
     <t>За</t>
   </si>
   <si>
     <t>Відсут.</t>
   </si>
@@ -503,1164 +503,1164 @@
       </c>
       <c r="C2" t="inlineStr" s="4">
         <is>
           <t>8408Про присвоєння звання «Почесний громадянин Калуської міської територіальної громади»</t>
         </is>
       </c>
       <c r="D2" t="s">
         <v>48</v>
       </c>
       <c r="E2" t="s">
         <v>49</v>
       </c>
       <c r="F2">
         <v>25</v>
       </c>
       <c r="G2">
         <v>0</v>
       </c>
       <c r="H2">
         <v>0</v>
       </c>
       <c r="I2" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J2" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="K2" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="L2" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="M2" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="N2" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="O2" t="s" s="5">
         <v>50</v>
       </c>
       <c r="P2" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q2" t="s" s="5">
         <v>51</v>
       </c>
       <c r="R2" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="S2" t="s" s="5">
         <v>50</v>
       </c>
       <c r="T2" t="s" s="5">
         <v>50</v>
       </c>
       <c r="U2" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="V2" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="W2" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X2" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Y2" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Z2" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA2" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AB2" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AC2" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AD2" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AE2" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AF2" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AG2" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH2" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AI2" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ2" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AK2" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AL2" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AM2" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AN2" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO2" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AP2" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ2" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AR2" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS2" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT2" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU2" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="3">
       <c r="A3">
         <v>2</v>
       </c>
       <c r="B3" t="s">
         <v>52</v>
       </c>
       <c r="C3" t="s" s="4">
         <v>53</v>
       </c>
       <c r="D3" t="s">
         <v>48</v>
       </c>
       <c r="E3" t="s">
         <v>49</v>
       </c>
       <c r="F3">
         <v>24</v>
       </c>
       <c r="G3">
         <v>0</v>
       </c>
       <c r="H3">
         <v>1</v>
       </c>
       <c r="I3" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J3" t="s" s="5">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="K3" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="L3" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="M3" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="N3" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="O3" t="s" s="5">
         <v>50</v>
       </c>
       <c r="P3" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q3" t="s" s="5">
         <v>51</v>
       </c>
       <c r="R3" t="s" s="5">
-        <v>54</v>
+        <v>51</v>
       </c>
       <c r="S3" t="s" s="5">
         <v>50</v>
       </c>
       <c r="T3" t="s" s="5">
         <v>50</v>
       </c>
       <c r="U3" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="V3" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="W3" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X3" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Y3" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Z3" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA3" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AB3" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AC3" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AD3" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AE3" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AF3" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AG3" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH3" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AI3" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ3" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AK3" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AL3" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AM3" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AN3" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO3" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AP3" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ3" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AR3" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS3" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT3" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU3" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="4">
       <c r="A4">
         <v>3</v>
       </c>
       <c r="B4" t="s">
         <v>55</v>
       </c>
       <c r="C4" t="inlineStr" s="4">
         <is>
           <t>8410Про зміну підпорядкування ДИТЯЧО-ЮНАЦЬКОЇ СПОРТИВНОЇ ШКОЛИ КАЛУСЬКОЇ МІСЬКОЇ РАДИ ІВАНО-ФРАНКІВСЬКОЇ ОБЛАСТІ</t>
         </is>
       </c>
       <c r="D4" t="s">
         <v>48</v>
       </c>
       <c r="E4" t="s">
         <v>49</v>
       </c>
       <c r="F4">
         <v>24</v>
       </c>
       <c r="G4">
         <v>0</v>
       </c>
       <c r="H4">
         <v>0</v>
       </c>
       <c r="I4" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J4" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="K4" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="L4" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="M4" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="N4" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="O4" t="s" s="5">
         <v>50</v>
       </c>
       <c r="P4" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q4" t="s" s="5">
         <v>51</v>
       </c>
       <c r="R4" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="S4" t="s" s="5">
         <v>50</v>
       </c>
       <c r="T4" t="s" s="5">
         <v>50</v>
       </c>
       <c r="U4" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="V4" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="W4" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X4" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Y4" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Z4" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA4" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AB4" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AC4" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AD4" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AE4" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AF4" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AG4" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH4" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AI4" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ4" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AK4" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AL4" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AM4" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AN4" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO4" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AP4" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ4" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AR4" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS4" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT4" t="s" s="5">
         <v>56</v>
       </c>
       <c r="AU4" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="5">
       <c r="A5">
         <v>4</v>
       </c>
       <c r="B5" t="s">
         <v>57</v>
       </c>
       <c r="C5" t="inlineStr" s="4">
         <is>
           <t>8411Про затвердження Програми виділення коштів із бюджету Калуської міської територіальної громади на сплату податкового боргу КП «Водотеплосервіс» на 2023 рік</t>
         </is>
       </c>
       <c r="D5" t="s">
         <v>48</v>
       </c>
       <c r="E5" t="s">
         <v>49</v>
       </c>
       <c r="F5">
         <v>26</v>
       </c>
       <c r="G5">
         <v>0</v>
       </c>
       <c r="H5">
         <v>0</v>
       </c>
       <c r="I5" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J5" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="K5" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="L5" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="M5" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="N5" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="O5" t="s" s="5">
         <v>50</v>
       </c>
       <c r="P5" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q5" t="s" s="5">
         <v>51</v>
       </c>
       <c r="R5" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="S5" t="s" s="5">
         <v>50</v>
       </c>
       <c r="T5" t="s" s="5">
         <v>50</v>
       </c>
       <c r="U5" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="V5" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="W5" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X5" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Y5" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Z5" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA5" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AB5" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AC5" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AD5" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE5" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AF5" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AG5" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH5" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AI5" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ5" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AK5" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AL5" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AM5" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AN5" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO5" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AP5" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ5" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AR5" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS5" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT5" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU5" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="6">
       <c r="A6">
         <v>5</v>
       </c>
       <c r="B6" t="s">
         <v>58</v>
       </c>
       <c r="C6" t="inlineStr" s="4">
         <is>
           <t>8412Про внесення змін до «Програми профілактики злочинності, співробітництва із силовими структурами та громадськими формуваннями на 2023-2025 роки»</t>
         </is>
       </c>
       <c r="D6" t="s">
         <v>48</v>
       </c>
       <c r="E6" t="s">
         <v>49</v>
       </c>
       <c r="F6">
         <v>26</v>
       </c>
       <c r="G6">
         <v>0</v>
       </c>
       <c r="H6">
         <v>0</v>
       </c>
       <c r="I6" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J6" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="K6" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="L6" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="M6" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="N6" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="O6" t="s" s="5">
         <v>50</v>
       </c>
       <c r="P6" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q6" t="s" s="5">
         <v>51</v>
       </c>
       <c r="R6" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="S6" t="s" s="5">
         <v>50</v>
       </c>
       <c r="T6" t="s" s="5">
         <v>50</v>
       </c>
       <c r="U6" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="V6" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="W6" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X6" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Y6" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Z6" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA6" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AB6" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AC6" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AD6" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE6" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AF6" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AG6" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH6" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AI6" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ6" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AK6" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AL6" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AM6" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AN6" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO6" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AP6" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ6" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AR6" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS6" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT6" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU6" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="7">
       <c r="A7">
         <v>6</v>
       </c>
       <c r="B7" t="s">
         <v>59</v>
       </c>
       <c r="C7" t="inlineStr" s="4">
         <is>
           <t>8413Про внесення змін до бюджету Калуської міської територіальної громади на 2023 рік (код бюджету 0953100000)</t>
         </is>
       </c>
       <c r="D7" t="s">
         <v>60</v>
       </c>
       <c r="E7" t="s">
         <v>49</v>
       </c>
       <c r="F7">
         <v>26</v>
       </c>
       <c r="G7">
         <v>0</v>
       </c>
       <c r="H7">
         <v>0</v>
       </c>
       <c r="I7" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J7" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="K7" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="L7" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="M7" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="N7" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="O7" t="s" s="5">
         <v>50</v>
       </c>
       <c r="P7" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q7" t="s" s="5">
         <v>51</v>
       </c>
       <c r="R7" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="S7" t="s" s="5">
         <v>50</v>
       </c>
       <c r="T7" t="s" s="5">
         <v>50</v>
       </c>
       <c r="U7" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="V7" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="W7" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X7" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Y7" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Z7" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA7" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AB7" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AC7" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AD7" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE7" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AF7" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AG7" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH7" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AI7" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ7" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AK7" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AL7" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AM7" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AN7" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO7" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AP7" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ7" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AR7" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS7" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT7" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU7" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="8">
       <c r="A8">
         <v>7</v>
       </c>
       <c r="B8" t="s">
         <v>61</v>
       </c>
       <c r="C8" t="s" s="4">
         <v>62</v>
       </c>
       <c r="D8" t="s">
         <v>63</v>
       </c>
       <c r="E8" t="s">
         <v>64</v>
       </c>
       <c r="F8">
         <v>12</v>
       </c>
       <c r="G8">
         <v>1</v>
       </c>
       <c r="H8">
         <v>6</v>
       </c>
       <c r="I8" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J8" t="s" s="5">
-        <v>51</v>
+        <v>56</v>
       </c>
       <c r="K8" t="s" s="5">
-        <v>54</v>
+        <v>51</v>
       </c>
       <c r="L8" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="M8" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="N8" t="s" s="5">
-        <v>54</v>
+        <v>51</v>
       </c>
       <c r="O8" t="s" s="5">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="P8" t="s" s="5">
-        <v>65</v>
+        <v>50</v>
       </c>
       <c r="Q8" t="s" s="5">
         <v>51</v>
       </c>
       <c r="R8" t="s" s="5">
-        <v>56</v>
+        <v>51</v>
       </c>
       <c r="S8" t="s" s="5">
         <v>54</v>
       </c>
       <c r="T8" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="U8" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="V8" t="s" s="5">
+        <v>54</v>
+      </c>
+      <c r="W8" t="s" s="5">
+        <v>54</v>
+      </c>
+      <c r="X8" t="s" s="5">
+        <v>65</v>
+      </c>
+      <c r="Y8" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="Z8" t="s" s="5">
         <v>56</v>
       </c>
-      <c r="U8" t="s" s="5">
-[...8 lines deleted...]
-      <c r="X8" t="s" s="5">
+      <c r="AA8" t="s" s="5">
+        <v>56</v>
+      </c>
+      <c r="AB8" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="AC8" t="s" s="5">
+        <v>56</v>
+      </c>
+      <c r="AD8" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AE8" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="AF8" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AG8" t="s" s="5">
         <v>54</v>
       </c>
-      <c r="Y8" t="s" s="5">
-[...23 lines deleted...]
-      <c r="AG8" t="s" s="5">
+      <c r="AH8" t="s" s="5">
         <v>56</v>
-      </c>
-[...1 lines deleted...]
-        <v>51</v>
       </c>
       <c r="AI8" t="s" s="5">
         <v>56</v>
       </c>
       <c r="AJ8" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AK8" t="s" s="5">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="AL8" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AM8" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="AN8" t="s" s="5">
+        <v>54</v>
+      </c>
+      <c r="AO8" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="AP8" t="s" s="5">
         <v>56</v>
       </c>
-      <c r="AN8" t="s" s="5">
-[...7 lines deleted...]
-      </c>
       <c r="AQ8" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AR8" t="s" s="5">
-        <v>56</v>
+        <v>50</v>
       </c>
       <c r="AS8" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT8" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU8" t="s" s="5">
         <v>50</v>
       </c>
     </row>
     <row r="9">
       <c r="A9">
         <v>8</v>
       </c>
       <c r="B9" t="s">
         <v>66</v>
       </c>
       <c r="C9" t="inlineStr" s="4">
         <is>
           <t>8415Про внесення змін до бюджету Калуської міської територіальної громади на 2023 рік (код бюджету 0953100000)</t>
         </is>
       </c>
       <c r="D9" t="s">
         <v>48</v>
       </c>
       <c r="E9" t="s">
         <v>49</v>
       </c>
       <c r="F9">
         <v>22</v>
       </c>
       <c r="G9">
         <v>0</v>
       </c>
       <c r="H9">
         <v>2</v>
       </c>
       <c r="I9" t="s" s="5">
         <v>50</v>
       </c>
       <c r="J9" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="K9" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="L9" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="M9" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="N9" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="O9" t="s" s="5">
         <v>50</v>
       </c>
       <c r="P9" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q9" t="s" s="5">
         <v>51</v>
       </c>
       <c r="R9" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="S9" t="s" s="5">
         <v>50</v>
       </c>
       <c r="T9" t="s" s="5">
         <v>50</v>
       </c>
       <c r="U9" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="V9" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="W9" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="X9" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="Y9" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="Z9" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AA9" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AB9" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="AC9" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AD9" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AE9" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="AF9" t="s" s="5">
         <v>54</v>
       </c>
-      <c r="V9" t="s" s="5">
-[...2 lines deleted...]
-      <c r="W9" t="s" s="5">
+      <c r="AG9" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AH9" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AI9" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AJ9" t="s" s="5">
         <v>54</v>
       </c>
-      <c r="X9" t="s" s="5">
-[...5 lines deleted...]
-      <c r="Z9" t="s" s="5">
+      <c r="AK9" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AL9" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="AM9" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="AN9" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AO9" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="AP9" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AQ9" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AR9" t="s" s="5">
         <v>56</v>
-      </c>
-[...52 lines deleted...]
-        <v>50</v>
       </c>
       <c r="AS9" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT9" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AU9" t="s" s="5">
         <v>56</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>SimpleXLSXGen</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>