--- v0 (2025-12-05)
+++ v1 (2026-02-01)
@@ -38,147 +38,147 @@
   <si>
     <t>voteTimestamp</t>
   </si>
   <si>
     <t>title</t>
   </si>
   <si>
     <t>type</t>
   </si>
   <si>
     <t>result</t>
   </si>
   <si>
     <t>za</t>
   </si>
   <si>
     <t>prt</t>
   </si>
   <si>
     <t>utr</t>
   </si>
   <si>
     <t>Bodnarchuk Roman Mykhaylovych</t>
   </si>
   <si>
+    <t>Havrylyshyn Mykhaylo Bohdanovych</t>
+  </si>
+  <si>
+    <t>Nyzhnyk Oleh Bohdanovych</t>
+  </si>
+  <si>
+    <t>Vahilevych Vasyl Mykolayovych</t>
+  </si>
+  <si>
+    <t>Nayda Andriy Mykhaylovych</t>
+  </si>
+  <si>
+    <t>Shutyak Oksana Bohdanivna</t>
+  </si>
+  <si>
+    <t>Onufryk Lyubomyr Yaroslavovych</t>
+  </si>
+  <si>
+    <t>Kuts Serhiy Leonidovych</t>
+  </si>
+  <si>
+    <t>Bilinskyy Petro Stepanovych</t>
+  </si>
+  <si>
     <t>Barnych Taras Yaroslavovych</t>
   </si>
   <si>
     <t>Berbets Viktor Hustavovych</t>
   </si>
   <si>
     <t>Bilous Inna Petrivna</t>
   </si>
   <si>
     <t>Vayda Ruslana Bohdanivna</t>
   </si>
   <si>
     <t>Valnyuk Dmytro Myroslavovych</t>
   </si>
   <si>
     <t>Halayda Bohdana Ihorivna</t>
   </si>
   <si>
     <t>Hiltaychuk Viktor Viktorovych</t>
   </si>
   <si>
     <t>Huk Oksana Volodymyrivna</t>
   </si>
   <si>
-    <t>Havrylyshyn Mykhaylo Bohdanovych</t>
+    <t>Dzundza Vasyl Stepanovych</t>
+  </si>
+  <si>
+    <t>Mazuryk Ivan Ivanovych</t>
+  </si>
+  <si>
+    <t>Matkivska Halyna Yaroslavivna</t>
+  </si>
+  <si>
+    <t>Mytsak Oleksandr Anatoliyovych</t>
+  </si>
+  <si>
+    <t>Moroz Fedir Hryhorovych</t>
+  </si>
+  <si>
+    <t>Ochkur Iryna Hryhorivna</t>
+  </si>
+  <si>
+    <t>Pavliv Iryna Vasylivna</t>
+  </si>
+  <si>
+    <t>Pohynayko Yuriy Pavlovych</t>
+  </si>
+  <si>
+    <t>Popelnytska Alla Volodymyrivna</t>
   </si>
   <si>
     <t>Savchuk Oksana Ihorivna</t>
   </si>
   <si>
-    <t>Popelnytska Alla Volodymyrivna</t>
-[...8 lines deleted...]
-    <t>Pavliv Iryna Vasylivna</t>
+    <t>Sikora Olha Myroslavivna</t>
+  </si>
+  <si>
+    <t>Sokolovskyy Oleksandr Dmytrovych</t>
+  </si>
+  <si>
+    <t>Chepil Petro Mykhaylovych</t>
+  </si>
+  <si>
+    <t>Shyyko Serhiy Ivanovych</t>
+  </si>
+  <si>
+    <t>Kinash Yaroslav Petrovych</t>
   </si>
   <si>
     <t>Biletska Olha Zinoviyivna</t>
   </si>
   <si>
     <t>Polytskyy Volodymyr Mykhaylovych</t>
-  </si>
-[...49 lines deleted...]
-    <t>Kinash Yaroslav Petrovych</t>
   </si>
   <si>
     <t>Tabachuk Nataliya Tytivna</t>
   </si>
   <si>
     <t>Fedoryshyn Svyatoslav Ihorovych</t>
   </si>
   <si>
     <t>Smolyanskyy Oleksandr Anatoliyovych</t>
   </si>
   <si>
     <t>Dobrovolska Halyna Bohdanivna</t>
   </si>
   <si>
     <t>Budzan Tetyana Mykhaylivna  </t>
   </si>
   <si>
     <t>10.11.25  17:29:25</t>
   </si>
   <si>
     <t>13333Про звернення Калуської міської ради</t>
   </si>
   <si>
     <t>За основу</t>
   </si>
@@ -489,141 +489,141 @@
       <c r="C2" t="s" s="4">
         <v>48</v>
       </c>
       <c r="D2" t="s">
         <v>49</v>
       </c>
       <c r="E2" t="s">
         <v>50</v>
       </c>
       <c r="F2">
         <v>24</v>
       </c>
       <c r="G2">
         <v>0</v>
       </c>
       <c r="H2">
         <v>0</v>
       </c>
       <c r="I2" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J2" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K2" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="L2" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="M2" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N2" t="s" s="5">
         <v>52</v>
       </c>
       <c r="O2" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="P2" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Q2" t="s" s="5">
         <v>51</v>
       </c>
       <c r="R2" t="s" s="5">
         <v>51</v>
       </c>
       <c r="S2" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="T2" t="s" s="5">
         <v>51</v>
       </c>
       <c r="U2" t="s" s="5">
         <v>52</v>
       </c>
       <c r="V2" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W2" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="X2" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Y2" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="Z2" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AA2" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AB2" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AC2" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AD2" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AE2" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AF2" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AG2" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AH2" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AI2" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AJ2" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AK2" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AL2" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AM2" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AN2" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AO2" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AP2" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ2" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR2" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS2" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT2" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU2" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="3">
       <c r="A3">
         <v>2</v>
       </c>
       <c r="B3" t="s">
@@ -632,141 +632,141 @@
       <c r="C3" t="s" s="4">
         <v>54</v>
       </c>
       <c r="D3" t="s">
         <v>55</v>
       </c>
       <c r="E3" t="s">
         <v>50</v>
       </c>
       <c r="F3">
         <v>23</v>
       </c>
       <c r="G3">
         <v>0</v>
       </c>
       <c r="H3">
         <v>0</v>
       </c>
       <c r="I3" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J3" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K3" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="L3" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="M3" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N3" t="s" s="5">
         <v>52</v>
       </c>
       <c r="O3" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="P3" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Q3" t="s" s="5">
         <v>51</v>
       </c>
       <c r="R3" t="s" s="5">
         <v>51</v>
       </c>
       <c r="S3" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="T3" t="s" s="5">
         <v>51</v>
       </c>
       <c r="U3" t="s" s="5">
         <v>52</v>
       </c>
       <c r="V3" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W3" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="X3" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Y3" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="Z3" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AA3" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AB3" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AC3" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AD3" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AE3" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AF3" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AG3" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AH3" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AI3" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AJ3" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AK3" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AL3" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AM3" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AN3" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AO3" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AP3" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ3" t="s" s="5">
         <v>56</v>
       </c>
       <c r="AR3" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS3" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT3" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU3" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="4">
       <c r="A4">
         <v>3</v>
       </c>
       <c r="B4" t="s">
@@ -775,141 +775,141 @@
       <c r="C4" t="s" s="4">
         <v>58</v>
       </c>
       <c r="D4" t="s">
         <v>55</v>
       </c>
       <c r="E4" t="s">
         <v>50</v>
       </c>
       <c r="F4">
         <v>24</v>
       </c>
       <c r="G4">
         <v>0</v>
       </c>
       <c r="H4">
         <v>0</v>
       </c>
       <c r="I4" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J4" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K4" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="L4" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="M4" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N4" t="s" s="5">
         <v>52</v>
       </c>
       <c r="O4" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="P4" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Q4" t="s" s="5">
         <v>51</v>
       </c>
       <c r="R4" t="s" s="5">
         <v>51</v>
       </c>
       <c r="S4" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="T4" t="s" s="5">
         <v>51</v>
       </c>
       <c r="U4" t="s" s="5">
         <v>52</v>
       </c>
       <c r="V4" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W4" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="X4" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Y4" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="Z4" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AA4" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AB4" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AC4" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AD4" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AE4" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AF4" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AG4" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AH4" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AI4" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AJ4" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AK4" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AL4" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AM4" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AN4" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AO4" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AP4" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ4" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR4" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS4" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT4" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU4" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="5">
       <c r="A5">
         <v>4</v>
       </c>
       <c r="B5" t="s">
@@ -918,141 +918,141 @@
       <c r="C5" t="s" s="4">
         <v>60</v>
       </c>
       <c r="D5" t="s">
         <v>61</v>
       </c>
       <c r="E5" t="s">
         <v>50</v>
       </c>
       <c r="F5">
         <v>24</v>
       </c>
       <c r="G5">
         <v>0</v>
       </c>
       <c r="H5">
         <v>0</v>
       </c>
       <c r="I5" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J5" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K5" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="L5" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="M5" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N5" t="s" s="5">
         <v>52</v>
       </c>
       <c r="O5" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="P5" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Q5" t="s" s="5">
         <v>51</v>
       </c>
       <c r="R5" t="s" s="5">
         <v>51</v>
       </c>
       <c r="S5" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="T5" t="s" s="5">
         <v>51</v>
       </c>
       <c r="U5" t="s" s="5">
         <v>52</v>
       </c>
       <c r="V5" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W5" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="X5" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Y5" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="Z5" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AA5" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AB5" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AC5" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AD5" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AE5" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AF5" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AG5" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AH5" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AI5" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AJ5" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AK5" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AL5" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AM5" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AN5" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AO5" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AP5" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ5" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR5" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS5" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT5" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU5" t="s" s="5">
         <v>52</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>