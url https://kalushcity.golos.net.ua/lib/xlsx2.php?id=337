--- v0 (2026-02-01)
+++ v1 (2026-03-19)
@@ -9,51 +9,51 @@
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="SimpleXLSXGen"/>
   <sheets>
     <sheet name="Sheet1" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="160" uniqueCount="160">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="158" uniqueCount="158">
   <si>
     <t>uid</t>
   </si>
   <si>
     <t>voteTimestamp</t>
   </si>
   <si>
     <t>title</t>
   </si>
   <si>
     <t>type</t>
   </si>
   <si>
     <t>result</t>
   </si>
   <si>
     <t>za</t>
   </si>
   <si>
     <t>prt</t>
   </si>
   <si>
     <t>utr</t>
   </si>
   <si>
@@ -483,56 +483,50 @@
     <t>13932Про внесення змін в рішення Калуської міської ради №4884 від 18.12.2025 року гр.Лошак В.М.</t>
   </si>
   <si>
     <t>29.01.26  12:21:28</t>
   </si>
   <si>
     <t>29.01.26  12:22:12</t>
   </si>
   <si>
     <t>29.01.26  12:22:51</t>
   </si>
   <si>
     <t>29.01.26  12:24:05</t>
   </si>
   <si>
     <t>29.01.26  12:24:44</t>
   </si>
   <si>
     <t>29.01.26  12:25:21</t>
   </si>
   <si>
     <t>13938Про зміни в складі узгоджувальної комісії по вирішенню земельних спорів</t>
   </si>
   <si>
     <t>29.01.26  12:26:35</t>
-  </si>
-[...4 lines deleted...]
-    <t>За основу і в цілому (2/3  від складу ради)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <b/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
@@ -557,51 +551,51 @@
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:AU82"/>
+  <dimension ref="A1:AU81"/>
   <cols>
     <col min="1" max="1" width="5"/>
     <col min="2" max="2" width="17"/>
     <col min="3" max="3" width="50"/>
     <col min="4" max="4" width="20"/>
     <col min="5" max="5" width="23"/>
     <col min="6" max="6" width="8"/>
     <col min="7" max="7" width="15"/>
     <col min="8" max="8" width="15"/>
     <col min="9" max="9" width="15"/>
     <col min="10" max="10" width="15"/>
     <col min="11" max="11" width="15"/>
     <col min="12" max="12" width="15"/>
     <col min="13" max="13" width="15"/>
     <col min="14" max="14" width="15"/>
     <col min="15" max="15" width="15"/>
     <col min="16" max="16" width="15"/>
     <col min="17" max="17" width="15"/>
     <col min="18" max="18" width="15"/>
     <col min="19" max="19" width="15"/>
     <col min="20" max="20" width="15"/>
     <col min="21" max="21" width="15"/>
     <col min="22" max="22" width="15"/>
     <col min="23" max="23" width="15"/>
     <col min="24" max="24" width="15"/>
@@ -7420,78 +7414,78 @@
         <v>51</v>
       </c>
       <c r="AU47" t="s" s="5">
         <v>62</v>
       </c>
     </row>
     <row r="48">
       <c r="A48">
         <v>47</v>
       </c>
       <c r="B48" t="s">
         <v>113</v>
       </c>
       <c r="C48" t="inlineStr" s="4">
         <is>
           <t>13906Про проведення інвентаризації  земельної ділянки комунальної  власності, яка розташована на вул. Олега Перегуди в с. Пійло Калуського району Івано-Франківської області</t>
         </is>
       </c>
       <c r="D48" t="s">
         <v>48</v>
       </c>
       <c r="E48" t="s">
         <v>112</v>
       </c>
       <c r="F48">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G48">
         <v>0</v>
       </c>
       <c r="H48">
         <v>8</v>
       </c>
       <c r="I48" t="s" s="5">
         <v>54</v>
       </c>
       <c r="J48" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K48" t="s" s="5">
         <v>62</v>
       </c>
       <c r="L48" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M48" t="s" s="5">
         <v>50</v>
       </c>
       <c r="N48" t="s" s="5">
         <v>50</v>
       </c>
       <c r="O48" t="s" s="5">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="P48" t="s" s="5">
         <v>54</v>
       </c>
       <c r="Q48" t="s" s="5">
         <v>50</v>
       </c>
       <c r="R48" t="s" s="5">
         <v>51</v>
       </c>
       <c r="S48" t="s" s="5">
         <v>62</v>
       </c>
       <c r="T48" t="s" s="5">
         <v>51</v>
       </c>
       <c r="U48" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V48" t="s" s="5">
         <v>62</v>
       </c>
       <c r="W48" t="s" s="5">
         <v>62</v>
       </c>
@@ -12308,192 +12302,47 @@
       <c r="AM81" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AN81" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AO81" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AP81" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ81" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR81" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AS81" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AT81" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU81" t="s" s="5">
-        <v>50</v>
-[...143 lines deleted...]
-      <c r="AU82" t="s" s="5">
         <v>50</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>SimpleXLSXGen</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:language>en-US</dc:language>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>