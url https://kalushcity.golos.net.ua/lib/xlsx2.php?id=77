--- v0 (2025-12-05)
+++ v1 (2026-02-01)
@@ -38,180 +38,180 @@
   <si>
     <t>voteTimestamp</t>
   </si>
   <si>
     <t>title</t>
   </si>
   <si>
     <t>type</t>
   </si>
   <si>
     <t>result</t>
   </si>
   <si>
     <t>za</t>
   </si>
   <si>
     <t>prt</t>
   </si>
   <si>
     <t>utr</t>
   </si>
   <si>
     <t>Bodnarchuk Roman Mykhaylovych</t>
   </si>
   <si>
+    <t>Havrylyshyn Mykhaylo Bohdanovych</t>
+  </si>
+  <si>
+    <t>Nyzhnyk Oleh Bohdanovych</t>
+  </si>
+  <si>
+    <t>Vahilevych Vasyl Mykolayovych</t>
+  </si>
+  <si>
+    <t>Nayda Andriy Mykhaylovych</t>
+  </si>
+  <si>
+    <t>Tymkiv Volodymyr Yaroslavovych</t>
+  </si>
+  <si>
+    <t>Shutyak Oksana Bohdanivna</t>
+  </si>
+  <si>
+    <t>Onufryk Lyubomyr Yaroslavovych</t>
+  </si>
+  <si>
+    <t>Kuts Serhiy Leonidovych</t>
+  </si>
+  <si>
+    <t>Bilinskyy Petro Stepanovych</t>
+  </si>
+  <si>
     <t>Barnych Taras Yaroslavovych</t>
   </si>
   <si>
     <t>Berbets Viktor Hustavovych</t>
   </si>
   <si>
     <t>Bilous Inna Petrivna</t>
   </si>
   <si>
     <t>Vayda Ruslana Bohdanivna</t>
   </si>
   <si>
     <t>Valnyuk Dmytro Myroslavovych</t>
   </si>
   <si>
     <t>Halayda Bohdana Ihorivna</t>
   </si>
   <si>
     <t>Hiltaychuk Viktor Viktorovych</t>
   </si>
   <si>
     <t>Huk Oksana Volodymyrivna</t>
   </si>
   <si>
-    <t>Havrylyshyn Mykhaylo Bohdanovych</t>
+    <t>Dzundza Vasyl Stepanovych</t>
+  </si>
+  <si>
+    <t>Kyrylovych Lesya Omelyanivna</t>
+  </si>
+  <si>
+    <t>Koval Oleksandr Mykhaylovych</t>
+  </si>
+  <si>
+    <t>Mazuryk Ivan Ivanovych</t>
+  </si>
+  <si>
+    <t>Matkivska Halyna Yaroslavivna</t>
+  </si>
+  <si>
+    <t>Mytsak Oleksandr Anatoliyovych</t>
+  </si>
+  <si>
+    <t>Moroz Fedir Hryhorovych</t>
+  </si>
+  <si>
+    <t>Ochkur Iryna Hryhorivna</t>
+  </si>
+  <si>
+    <t>Pavliv Iryna Vasylivna</t>
+  </si>
+  <si>
+    <t>Pohynayko Yuriy Pavlovych</t>
+  </si>
+  <si>
+    <t>Polyanska Nataliya Yevhenivna</t>
+  </si>
+  <si>
+    <t>Popelnytska Alla Volodymyrivna</t>
   </si>
   <si>
     <t>Savchuk Oksana Ihorivna</t>
   </si>
   <si>
-    <t>Polyanska Nataliya Yevhenivna</t>
-[...11 lines deleted...]
-    <t>Pavliv Iryna Vasylivna</t>
+    <t>Sikora Olha Myroslavivna</t>
+  </si>
+  <si>
+    <t>Sokolovskyy Oleksandr Dmytrovych</t>
+  </si>
+  <si>
+    <t>Chepil Petro Mykhaylovych</t>
+  </si>
+  <si>
+    <t>Shyyko Serhiy Ivanovych</t>
+  </si>
+  <si>
+    <t>Kinash Yaroslav Petrovych</t>
   </si>
   <si>
     <t>Biletska Olha Zinoviyivna</t>
   </si>
   <si>
     <t>Polytskyy Volodymyr Mykhaylovych</t>
   </si>
   <si>
-    <t>Sokolovskyy Oleksandr Dmytrovych</t>
-[...58 lines deleted...]
-  <si>
     <t>16.04.21  14:38:14</t>
   </si>
   <si>
     <t>За основу</t>
   </si>
   <si>
     <t>НЕ ПРИЙНЯТО</t>
   </si>
   <si>
     <t>Не голос.</t>
   </si>
   <si>
+    <t>Відсут.</t>
+  </si>
+  <si>
     <t>За</t>
   </si>
   <si>
     <t>Утр.</t>
-  </si>
-[...1 lines deleted...]
-    <t>Відсут.</t>
   </si>
   <si>
     <t>16.04.21  14:39:13</t>
   </si>
   <si>
     <t>ПРИЙНЯТО</t>
   </si>
   <si>
     <t>16.04.21  14:39:59</t>
   </si>
   <si>
     <t>5641За пропозицію О.Соколовського</t>
   </si>
   <si>
     <t>За поправку / пропозицію</t>
   </si>
   <si>
     <t>16.04.21  14:40:30</t>
   </si>
   <si>
     <t>5642За пропозицію О.Соколовського</t>
   </si>
   <si>
     <t>16.04.21  14:43:53</t>
   </si>
@@ -408,52 +408,52 @@
     <col min="20" max="20" width="15"/>
     <col min="21" max="21" width="15"/>
     <col min="22" max="22" width="15"/>
     <col min="23" max="23" width="15"/>
     <col min="24" max="24" width="15"/>
     <col min="25" max="25" width="15"/>
     <col min="26" max="26" width="15"/>
     <col min="27" max="27" width="15"/>
     <col min="28" max="28" width="15"/>
     <col min="29" max="29" width="15"/>
     <col min="30" max="30" width="15"/>
     <col min="31" max="31" width="15"/>
     <col min="32" max="32" width="15"/>
     <col min="33" max="33" width="15"/>
     <col min="34" max="34" width="15"/>
     <col min="35" max="35" width="15"/>
     <col min="36" max="36" width="15"/>
     <col min="37" max="37" width="15"/>
     <col min="38" max="38" width="15"/>
     <col min="39" max="39" width="15"/>
     <col min="40" max="40" width="15"/>
     <col min="41" max="41" width="15"/>
     <col min="42" max="42" width="15"/>
     <col min="43" max="43" width="15"/>
     <col min="44" max="44" width="15"/>
-    <col min="45" max="45" width="24"/>
-    <col min="46" max="46" width="26"/>
+    <col min="45" max="45" width="26"/>
+    <col min="46" max="46" width="33"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="s" s="2">
         <v>0</v>
       </c>
       <c r="B1" t="s" s="2">
         <v>1</v>
       </c>
       <c r="C1" t="s" s="2">
         <v>2</v>
       </c>
       <c r="D1" t="s" s="2">
         <v>3</v>
       </c>
       <c r="E1" t="s" s="2">
         <v>4</v>
       </c>
       <c r="F1" t="s" s="2">
         <v>5</v>
       </c>
       <c r="G1" t="s" s="2">
         <v>6</v>
       </c>
       <c r="H1" t="s" s="2">
@@ -586,3676 +586,3676 @@
           <t>5639Про звернення Калуської міської ради щодо порушень чинного законодавства України під час проведення і встановлення результатів проміжних виборів народного депутата України в</t>
         </is>
       </c>
       <c r="D2" t="s">
         <v>47</v>
       </c>
       <c r="E2" t="s">
         <v>48</v>
       </c>
       <c r="F2">
         <v>15</v>
       </c>
       <c r="G2">
         <v>0</v>
       </c>
       <c r="H2">
         <v>1</v>
       </c>
       <c r="I2" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J2" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K2" t="s" s="5">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="L2" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="M2" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N2" t="s" s="5">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="O2" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P2" t="s" s="5">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="Q2" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R2" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="S2" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="T2" t="s" s="5">
+        <v>49</v>
+      </c>
+      <c r="U2" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="V2" t="s" s="5">
         <v>52</v>
       </c>
-      <c r="S2" t="s" s="5">
-[...10 lines deleted...]
-      </c>
       <c r="W2" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="X2" t="s" s="5">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="Y2" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="Z2" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="AA2" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AB2" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC2" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD2" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="AE2" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="AF2" t="s" s="5">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="AG2" t="s" s="5">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="AH2" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AI2" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="AJ2" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AK2" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="AL2" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AM2" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="AN2" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO2" t="s" s="5">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="AP2" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="AQ2" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AR2" t="s" s="5">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="AS2" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AT2" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
     </row>
     <row r="3">
       <c r="A3">
         <v>2</v>
       </c>
       <c r="B3" t="s">
         <v>53</v>
       </c>
       <c r="C3" t="inlineStr" s="4">
         <is>
           <t>5640Про звернення Калуської міської ради щодо порушень чинного законодавства України під час проведення і встановлення результатів проміжних виборів народного депутата України в</t>
         </is>
       </c>
       <c r="D3" t="s">
         <v>47</v>
       </c>
       <c r="E3" t="s">
         <v>54</v>
       </c>
       <c r="F3">
         <v>22</v>
       </c>
       <c r="G3">
         <v>0</v>
       </c>
       <c r="H3">
         <v>2</v>
       </c>
       <c r="I3" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="J3" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K3" t="s" s="5">
         <v>49</v>
       </c>
       <c r="L3" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="M3" t="s" s="5">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="N3" t="s" s="5">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="O3" t="s" s="5">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="P3" t="s" s="5">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="Q3" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="R3" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="S3" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="T3" t="s" s="5">
+        <v>49</v>
+      </c>
+      <c r="U3" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="V3" t="s" s="5">
+        <v>49</v>
+      </c>
+      <c r="W3" t="s" s="5">
+        <v>49</v>
+      </c>
+      <c r="X3" t="s" s="5">
+        <v>49</v>
+      </c>
+      <c r="Y3" t="s" s="5">
+        <v>49</v>
+      </c>
+      <c r="Z3" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="AA3" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="AB3" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="AC3" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="AD3" t="s" s="5">
+        <v>49</v>
+      </c>
+      <c r="AE3" t="s" s="5">
+        <v>49</v>
+      </c>
+      <c r="AF3" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="AG3" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="AH3" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="AI3" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AJ3" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="AK3" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AL3" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="AM3" t="s" s="5">
+        <v>49</v>
+      </c>
+      <c r="AN3" t="s" s="5">
         <v>52</v>
       </c>
-      <c r="S3" t="s" s="5">
-[...64 lines deleted...]
-      </c>
       <c r="AO3" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AP3" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AQ3" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AR3" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AS3" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AT3" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
     </row>
     <row r="4">
       <c r="A4">
         <v>3</v>
       </c>
       <c r="B4" t="s">
         <v>55</v>
       </c>
       <c r="C4" t="s" s="4">
         <v>56</v>
       </c>
       <c r="D4" t="s">
         <v>57</v>
       </c>
       <c r="E4" t="s">
         <v>48</v>
       </c>
       <c r="F4">
         <v>12</v>
       </c>
       <c r="G4">
         <v>0</v>
       </c>
       <c r="H4">
         <v>2</v>
       </c>
       <c r="I4" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="J4" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K4" t="s" s="5">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="L4" t="s" s="5">
         <v>49</v>
       </c>
       <c r="M4" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N4" t="s" s="5">
         <v>49</v>
       </c>
       <c r="O4" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="P4" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Q4" t="s" s="5">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="R4" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="S4" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="T4" t="s" s="5">
+        <v>49</v>
+      </c>
+      <c r="U4" t="s" s="5">
+        <v>49</v>
+      </c>
+      <c r="V4" t="s" s="5">
         <v>52</v>
       </c>
-      <c r="S4" t="s" s="5">
-[...10 lines deleted...]
-      </c>
       <c r="W4" t="s" s="5">
         <v>49</v>
       </c>
       <c r="X4" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="Y4" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="Z4" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA4" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB4" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC4" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD4" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="AE4" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="AF4" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AG4" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AH4" t="s" s="5">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="AI4" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="AJ4" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AK4" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AL4" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AM4" t="s" s="5">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="AN4" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="AO4" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AP4" t="s" s="5">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="AQ4" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AR4" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="AS4" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AT4" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="5">
       <c r="A5">
         <v>4</v>
       </c>
       <c r="B5" t="s">
         <v>58</v>
       </c>
       <c r="C5" t="s" s="4">
         <v>59</v>
       </c>
       <c r="D5" t="s">
         <v>57</v>
       </c>
       <c r="E5" t="s">
         <v>48</v>
       </c>
       <c r="F5">
         <v>9</v>
       </c>
       <c r="G5">
         <v>0</v>
       </c>
       <c r="H5">
         <v>1</v>
       </c>
       <c r="I5" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="J5" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="K5" t="s" s="5">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="L5" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="M5" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N5" t="s" s="5">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="O5" t="s" s="5">
         <v>49</v>
       </c>
       <c r="P5" t="s" s="5">
         <v>49</v>
       </c>
       <c r="Q5" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R5" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="S5" t="s" s="5">
+        <v>49</v>
+      </c>
+      <c r="T5" t="s" s="5">
+        <v>49</v>
+      </c>
+      <c r="U5" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="V5" t="s" s="5">
         <v>52</v>
       </c>
-      <c r="S5" t="s" s="5">
-[...10 lines deleted...]
-      </c>
       <c r="W5" t="s" s="5">
         <v>49</v>
       </c>
       <c r="X5" t="s" s="5">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="Y5" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="Z5" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AA5" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="AB5" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC5" t="s" s="5">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="AD5" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="AE5" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="AF5" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AG5" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AH5" t="s" s="5">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="AI5" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ5" t="s" s="5">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="AK5" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="AL5" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AM5" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AN5" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO5" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AP5" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ5" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AR5" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AS5" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AT5" t="s" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="6">
       <c r="A6">
         <v>5</v>
       </c>
       <c r="B6" t="s">
         <v>60</v>
       </c>
       <c r="C6" t="s" s="4">
         <v>61</v>
       </c>
       <c r="D6" t="s">
         <v>57</v>
       </c>
       <c r="E6" t="s">
         <v>48</v>
       </c>
       <c r="F6">
         <v>19</v>
       </c>
       <c r="G6">
         <v>0</v>
       </c>
       <c r="H6">
         <v>5</v>
       </c>
       <c r="I6" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="J6" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K6" t="s" s="5">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="L6" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="M6" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N6" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="O6" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="P6" t="s" s="5">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="Q6" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="R6" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="S6" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="T6" t="s" s="5">
+        <v>49</v>
+      </c>
+      <c r="U6" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="V6" t="s" s="5">
         <v>52</v>
       </c>
-      <c r="S6" t="s" s="5">
-[...10 lines deleted...]
-      </c>
       <c r="W6" t="s" s="5">
         <v>51</v>
       </c>
       <c r="X6" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="Y6" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="Z6" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AA6" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="AB6" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC6" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD6" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="AE6" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AF6" t="s" s="5">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="AG6" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH6" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AI6" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="AJ6" t="s" s="5">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="AK6" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AL6" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AM6" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AN6" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AO6" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AP6" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AQ6" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AR6" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="AS6" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="AT6" t="s" s="5">
         <v>52</v>
-      </c>
-[...7 lines deleted...]
-        <v>50</v>
       </c>
     </row>
     <row r="7">
       <c r="A7">
         <v>6</v>
       </c>
       <c r="B7" t="s">
         <v>62</v>
       </c>
       <c r="C7" t="inlineStr" s="4">
         <is>
           <t>5645Про звернення Калуської міської ради щодо порушень чинного законодавства України під час проведення і встановлення результатів проміжних виборів народного депутата України в</t>
         </is>
       </c>
       <c r="D7" t="s">
         <v>63</v>
       </c>
       <c r="E7" t="s">
         <v>54</v>
       </c>
       <c r="F7">
         <v>23</v>
       </c>
       <c r="G7">
         <v>0</v>
       </c>
       <c r="H7">
         <v>4</v>
       </c>
       <c r="I7" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="J7" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K7" t="s" s="5">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="L7" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="M7" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N7" t="s" s="5">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="O7" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="P7" t="s" s="5">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="Q7" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="R7" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="S7" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="T7" t="s" s="5">
+        <v>49</v>
+      </c>
+      <c r="U7" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="V7" t="s" s="5">
         <v>52</v>
       </c>
-      <c r="S7" t="s" s="5">
-[...10 lines deleted...]
-      </c>
       <c r="W7" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="X7" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Y7" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="Z7" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AA7" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AB7" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC7" t="s" s="5">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="AD7" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="AE7" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AF7" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AG7" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH7" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="AI7" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AJ7" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="AK7" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AL7" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="AM7" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="AN7" t="s" s="5">
         <v>52</v>
       </c>
-      <c r="AI7" t="s" s="5">
-[...16 lines deleted...]
-      </c>
       <c r="AO7" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AP7" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AQ7" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AR7" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AS7" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AT7" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
     </row>
     <row r="8">
       <c r="A8">
         <v>7</v>
       </c>
       <c r="B8" t="s">
         <v>64</v>
       </c>
       <c r="C8" t="s" s="4">
         <v>65</v>
       </c>
       <c r="D8" t="s">
         <v>63</v>
       </c>
       <c r="E8" t="s">
         <v>54</v>
       </c>
       <c r="F8">
         <v>22</v>
       </c>
       <c r="G8">
         <v>0</v>
       </c>
       <c r="H8">
         <v>0</v>
       </c>
       <c r="I8" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="J8" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K8" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="L8" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="M8" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="N8" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="O8" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="P8" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="Q8" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="R8" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="S8" t="s" s="5">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="T8" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="U8" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="V8" t="s" s="5">
         <v>50</v>
       </c>
       <c r="W8" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="X8" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="Y8" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="Z8" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AA8" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AB8" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC8" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AD8" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="AE8" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AF8" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="AG8" t="s" s="5">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="AH8" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AI8" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ8" t="s" s="5">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="AK8" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="AL8" t="s" s="5">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="AM8" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="AN8" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AO8" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AP8" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AQ8" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AR8" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="AS8" t="s" s="5">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="AT8" t="s" s="5">
-        <v>49</v>
+        <v>51</v>
       </c>
     </row>
     <row r="9">
       <c r="A9">
         <v>8</v>
       </c>
       <c r="B9" t="s">
         <v>66</v>
       </c>
       <c r="C9" t="s" s="4">
         <v>67</v>
       </c>
       <c r="D9" t="s">
         <v>63</v>
       </c>
       <c r="E9" t="s">
         <v>48</v>
       </c>
       <c r="F9">
         <v>0</v>
       </c>
       <c r="G9">
         <v>0</v>
       </c>
       <c r="H9">
         <v>0</v>
       </c>
       <c r="I9" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J9" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K9" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="L9" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="M9" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="N9" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="O9" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="P9" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Q9" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="R9" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="S9" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="T9" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="U9" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="V9" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="W9" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="X9" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="Y9" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Z9" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AA9" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AB9" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC9" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AD9" t="s" s="5">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="AE9" t="s" s="5">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="AF9" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AG9" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AH9" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AI9" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ9" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AK9" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AL9" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AM9" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AN9" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AO9" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AP9" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AQ9" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AR9" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AS9" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AT9" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
     </row>
     <row r="10">
       <c r="A10">
         <v>9</v>
       </c>
       <c r="B10" t="s">
         <v>68</v>
       </c>
       <c r="C10" t="s" s="4">
         <v>69</v>
       </c>
       <c r="D10" t="s">
         <v>63</v>
       </c>
       <c r="E10" t="s">
         <v>54</v>
       </c>
       <c r="F10">
         <v>33</v>
       </c>
       <c r="G10">
         <v>0</v>
       </c>
       <c r="H10">
         <v>0</v>
       </c>
       <c r="I10" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="J10" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K10" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="L10" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="M10" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="N10" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="O10" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="P10" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Q10" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="R10" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="S10" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="T10" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="U10" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="V10" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="W10" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="X10" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="Y10" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Z10" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AA10" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AB10" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AC10" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AD10" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AE10" t="s" s="5">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="AF10" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AG10" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AH10" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AI10" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ10" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AK10" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AL10" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AM10" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AN10" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AO10" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AP10" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AQ10" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AR10" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AS10" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AT10" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
     </row>
     <row r="11">
       <c r="A11">
         <v>10</v>
       </c>
       <c r="B11" t="s">
         <v>70</v>
       </c>
       <c r="C11" t="s" s="4">
         <v>71</v>
       </c>
       <c r="D11" t="s">
         <v>63</v>
       </c>
       <c r="E11" t="s">
         <v>54</v>
       </c>
       <c r="F11">
         <v>34</v>
       </c>
       <c r="G11">
         <v>0</v>
       </c>
       <c r="H11">
         <v>0</v>
       </c>
       <c r="I11" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="J11" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K11" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="L11" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="M11" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="N11" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="O11" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="P11" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Q11" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="R11" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="S11" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="T11" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="U11" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="V11" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="W11" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="X11" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="Y11" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Z11" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AA11" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AB11" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AC11" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AD11" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AE11" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AF11" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AG11" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AH11" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AI11" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ11" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AK11" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AL11" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AM11" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AN11" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AO11" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AP11" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AQ11" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AR11" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AS11" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AT11" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
     </row>
     <row r="12">
       <c r="A12">
         <v>11</v>
       </c>
       <c r="B12" t="s">
         <v>72</v>
       </c>
       <c r="C12" t="s" s="4">
         <v>73</v>
       </c>
       <c r="D12" t="s">
         <v>63</v>
       </c>
       <c r="E12" t="s">
         <v>54</v>
       </c>
       <c r="F12">
         <v>25</v>
       </c>
       <c r="G12">
         <v>0</v>
       </c>
       <c r="H12">
         <v>3</v>
       </c>
       <c r="I12" t="s" s="5">
         <v>49</v>
       </c>
       <c r="J12" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K12" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="L12" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="M12" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N12" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="O12" t="s" s="5">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="P12" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Q12" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="R12" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="S12" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="T12" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="U12" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="V12" t="s" s="5">
         <v>52</v>
       </c>
-      <c r="S12" t="s" s="5">
-[...2 lines deleted...]
-      <c r="T12" t="s" s="5">
+      <c r="W12" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="X12" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="Y12" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="Z12" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="AA12" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="AB12" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="AC12" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="AD12" t="s" s="5">
+        <v>49</v>
+      </c>
+      <c r="AE12" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="AF12" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="AG12" t="s" s="5">
+        <v>49</v>
+      </c>
+      <c r="AH12" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="AI12" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AJ12" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="AK12" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AL12" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="AM12" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="AN12" t="s" s="5">
         <v>52</v>
       </c>
-      <c r="U12" t="s" s="5">
-[...58 lines deleted...]
-      </c>
       <c r="AO12" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AP12" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AQ12" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AR12" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AS12" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AT12" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
     </row>
     <row r="13">
       <c r="A13">
         <v>12</v>
       </c>
       <c r="B13" t="s">
         <v>74</v>
       </c>
       <c r="C13" t="s" s="4">
         <v>75</v>
       </c>
       <c r="D13" t="s">
         <v>63</v>
       </c>
       <c r="E13" t="s">
         <v>54</v>
       </c>
       <c r="F13">
         <v>34</v>
       </c>
       <c r="G13">
         <v>0</v>
       </c>
       <c r="H13">
         <v>0</v>
       </c>
       <c r="I13" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="J13" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K13" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="L13" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="M13" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="N13" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="O13" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="P13" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Q13" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="R13" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="S13" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="T13" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="U13" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="V13" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="W13" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="X13" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="Y13" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Z13" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AA13" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AB13" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AC13" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AD13" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AE13" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AF13" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AG13" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AH13" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AI13" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ13" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AK13" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AL13" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AM13" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AN13" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AO13" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AP13" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AQ13" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AR13" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AS13" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AT13" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
     </row>
     <row r="14">
       <c r="A14">
         <v>13</v>
       </c>
       <c r="B14" t="s">
         <v>76</v>
       </c>
       <c r="C14" t="s" s="4">
         <v>77</v>
       </c>
       <c r="D14" t="s">
         <v>47</v>
       </c>
       <c r="E14" t="s">
         <v>54</v>
       </c>
       <c r="F14">
         <v>32</v>
       </c>
       <c r="G14">
         <v>0</v>
       </c>
       <c r="H14">
         <v>0</v>
       </c>
       <c r="I14" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="J14" t="s" s="5">
         <v>50</v>
       </c>
       <c r="K14" t="s" s="5">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="L14" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="M14" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="N14" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="O14" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="P14" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Q14" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="R14" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="S14" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="T14" t="s" s="5">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="U14" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="V14" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="W14" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="X14" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="Y14" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Z14" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AA14" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AB14" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AC14" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AD14" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AE14" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AF14" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AG14" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AH14" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AI14" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ14" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AK14" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AL14" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AM14" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AN14" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AO14" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AP14" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AQ14" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AR14" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AS14" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AT14" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
     </row>
     <row r="15">
       <c r="A15">
         <v>14</v>
       </c>
       <c r="B15" t="s">
         <v>78</v>
       </c>
       <c r="C15" t="s" s="4">
         <v>79</v>
       </c>
       <c r="D15" t="s">
         <v>57</v>
       </c>
       <c r="E15" t="s">
         <v>54</v>
       </c>
       <c r="F15">
         <v>21</v>
       </c>
       <c r="G15">
         <v>6</v>
       </c>
       <c r="H15">
         <v>3</v>
       </c>
       <c r="I15" t="s" s="5">
         <v>80</v>
       </c>
       <c r="J15" t="s" s="5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="K15" t="s" s="5">
-        <v>50</v>
+        <v>80</v>
       </c>
       <c r="L15" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="M15" t="s" s="5">
+        <v>49</v>
+      </c>
+      <c r="N15" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="O15" t="s" s="5">
         <v>80</v>
       </c>
-      <c r="N15" t="s" s="5">
-[...4 lines deleted...]
-      </c>
       <c r="P15" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Q15" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="R15" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="S15" t="s" s="5">
         <v>52</v>
       </c>
-      <c r="S15" t="s" s="5">
-[...1 lines deleted...]
-      </c>
       <c r="T15" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="U15" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="V15" t="s" s="5">
+        <v>80</v>
+      </c>
+      <c r="W15" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="X15" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="Y15" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="Z15" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="AA15" t="s" s="5">
         <v>52</v>
       </c>
-      <c r="U15" t="s" s="5">
-[...2 lines deleted...]
-      <c r="V15" t="s" s="5">
+      <c r="AB15" t="s" s="5">
         <v>52</v>
       </c>
-      <c r="W15" t="s" s="5">
-[...14 lines deleted...]
-      <c r="AB15" t="s" s="5">
+      <c r="AC15" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="AD15" t="s" s="5">
+        <v>49</v>
+      </c>
+      <c r="AE15" t="s" s="5">
         <v>80</v>
       </c>
-      <c r="AC15" t="s" s="5">
-[...7 lines deleted...]
-      </c>
       <c r="AF15" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="AG15" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AH15" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="AI15" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AJ15" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="AK15" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AL15" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="AM15" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="AN15" t="s" s="5">
         <v>80</v>
       </c>
-      <c r="AG15" t="s" s="5">
-[...22 lines deleted...]
-      </c>
       <c r="AO15" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AP15" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ15" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AR15" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AS15" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AT15" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
     </row>
     <row r="16">
       <c r="A16">
         <v>15</v>
       </c>
       <c r="B16" t="s">
         <v>81</v>
       </c>
       <c r="C16" t="s" s="4">
         <v>82</v>
       </c>
       <c r="D16" t="s">
         <v>63</v>
       </c>
       <c r="E16" t="s">
         <v>54</v>
       </c>
       <c r="F16">
         <v>20</v>
       </c>
       <c r="G16">
         <v>7</v>
       </c>
       <c r="H16">
         <v>3</v>
       </c>
       <c r="I16" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="J16" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="K16" t="s" s="5">
-        <v>50</v>
+        <v>80</v>
       </c>
       <c r="L16" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M16" t="s" s="5">
+        <v>49</v>
+      </c>
+      <c r="N16" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="O16" t="s" s="5">
         <v>80</v>
       </c>
-      <c r="N16" t="s" s="5">
-[...4 lines deleted...]
-      </c>
       <c r="P16" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Q16" t="s" s="5">
-        <v>50</v>
+        <v>80</v>
       </c>
       <c r="R16" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="S16" t="s" s="5">
+        <v>49</v>
+      </c>
+      <c r="T16" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="U16" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="V16" t="s" s="5">
+        <v>80</v>
+      </c>
+      <c r="W16" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="X16" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="Y16" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="Z16" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="AA16" t="s" s="5">
         <v>52</v>
       </c>
-      <c r="S16" t="s" s="5">
-[...2 lines deleted...]
-      <c r="T16" t="s" s="5">
+      <c r="AB16" t="s" s="5">
         <v>52</v>
       </c>
-      <c r="U16" t="s" s="5">
-[...20 lines deleted...]
-      <c r="AB16" t="s" s="5">
+      <c r="AC16" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="AD16" t="s" s="5">
         <v>80</v>
       </c>
-      <c r="AC16" t="s" s="5">
-[...4 lines deleted...]
-      </c>
       <c r="AE16" t="s" s="5">
-        <v>50</v>
+        <v>80</v>
       </c>
       <c r="AF16" t="s" s="5">
-        <v>80</v>
+        <v>51</v>
       </c>
       <c r="AG16" t="s" s="5">
-        <v>80</v>
+        <v>50</v>
       </c>
       <c r="AH16" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AI16" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ16" t="s" s="5">
-        <v>80</v>
+        <v>51</v>
       </c>
       <c r="AK16" t="s" s="5">
-        <v>80</v>
+        <v>50</v>
       </c>
       <c r="AL16" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AM16" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AN16" t="s" s="5">
         <v>80</v>
       </c>
       <c r="AO16" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AP16" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ16" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AR16" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AS16" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AT16" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
     </row>
     <row r="17">
       <c r="A17">
         <v>16</v>
       </c>
       <c r="B17" t="s">
         <v>83</v>
       </c>
       <c r="C17" t="inlineStr" s="4">
         <is>
           <t>5656Про затвердження ліквідаційного балансу Комунального підприємства «БЛАГОУСТРІЙ» Голинської сільської ради</t>
         </is>
       </c>
       <c r="D17" t="s">
         <v>63</v>
       </c>
       <c r="E17" t="s">
         <v>54</v>
       </c>
       <c r="F17">
         <v>23</v>
       </c>
       <c r="G17">
         <v>0</v>
       </c>
       <c r="H17">
         <v>0</v>
       </c>
       <c r="I17" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="J17" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="K17" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="L17" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="M17" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="N17" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="O17" t="s" s="5">
         <v>50</v>
       </c>
       <c r="P17" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Q17" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="R17" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="S17" t="s" s="5">
         <v>50</v>
       </c>
       <c r="T17" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="U17" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="V17" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="W17" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X17" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="Y17" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Z17" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AA17" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AB17" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC17" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AD17" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE17" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AF17" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AG17" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="AH17" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AI17" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ17" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AK17" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AL17" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AM17" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AN17" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="AO17" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AP17" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ17" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AR17" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AS17" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AT17" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
     </row>
     <row r="18">
       <c r="A18">
         <v>17</v>
       </c>
       <c r="B18" t="s">
         <v>84</v>
       </c>
       <c r="C18" t="inlineStr" s="4">
         <is>
           <t>5657Про внесення змін до Програми капітального ремонту та утримання об`єктів благоустрою і дорожньо – мостового господарства Калуської міської територіальної громади на 2021 рік</t>
         </is>
       </c>
       <c r="D18" t="s">
         <v>63</v>
       </c>
       <c r="E18" t="s">
         <v>54</v>
       </c>
       <c r="F18">
         <v>23</v>
       </c>
       <c r="G18">
         <v>0</v>
       </c>
       <c r="H18">
         <v>0</v>
       </c>
       <c r="I18" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="J18" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="K18" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="L18" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="M18" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="N18" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="O18" t="s" s="5">
         <v>50</v>
       </c>
       <c r="P18" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Q18" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="R18" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="S18" t="s" s="5">
         <v>50</v>
       </c>
       <c r="T18" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="U18" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="V18" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="W18" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X18" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="Y18" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Z18" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AA18" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AB18" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC18" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AD18" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE18" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="AF18" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AG18" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AH18" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AI18" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ18" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AK18" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="AL18" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AM18" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AN18" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO18" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AP18" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ18" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AR18" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AS18" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AT18" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
     </row>
     <row r="19">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19" t="s">
         <v>85</v>
       </c>
       <c r="C19" t="inlineStr" s="4">
         <is>
           <t>5658Про внесення змін до Програми фінансової підтримки комунального підприємства «Водотеплосервіс» Калуської міської ради  на 2021  рік</t>
         </is>
       </c>
       <c r="D19" t="s">
         <v>63</v>
       </c>
       <c r="E19" t="s">
         <v>54</v>
       </c>
       <c r="F19">
         <v>22</v>
       </c>
       <c r="G19">
         <v>0</v>
       </c>
       <c r="H19">
         <v>0</v>
       </c>
       <c r="I19" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="J19" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="K19" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="L19" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="M19" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="N19" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="O19" t="s" s="5">
         <v>50</v>
       </c>
       <c r="P19" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Q19" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="R19" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="S19" t="s" s="5">
         <v>50</v>
       </c>
       <c r="T19" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="U19" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="V19" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="W19" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X19" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="Y19" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Z19" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AA19" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AB19" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="AC19" t="s" s="5">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="AD19" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE19" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AF19" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AG19" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="AH19" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AI19" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ19" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AK19" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AL19" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AM19" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AN19" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="AO19" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AP19" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ19" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AR19" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AS19" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AT19" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
     </row>
     <row r="20">
       <c r="A20">
         <v>19</v>
       </c>
       <c r="B20" t="s">
         <v>86</v>
       </c>
       <c r="C20" t="inlineStr" s="4">
         <is>
           <t>5659Про внесення змін до Програми забезпечення карантинних заходів та протидії захворюванню на COVID-19 на території Калуської міської територіальної  громади у 2021 році</t>
         </is>
       </c>
       <c r="D20" t="s">
         <v>63</v>
       </c>
       <c r="E20" t="s">
         <v>54</v>
       </c>
       <c r="F20">
         <v>22</v>
       </c>
       <c r="G20">
         <v>0</v>
       </c>
       <c r="H20">
         <v>0</v>
       </c>
       <c r="I20" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="J20" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="K20" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L20" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="M20" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="N20" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="O20" t="s" s="5">
         <v>50</v>
       </c>
       <c r="P20" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Q20" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="R20" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="S20" t="s" s="5">
         <v>50</v>
       </c>
       <c r="T20" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="U20" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="V20" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="W20" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X20" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="Y20" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Z20" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AA20" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AB20" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AC20" t="s" s="5">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="AD20" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE20" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AF20" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AG20" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="AH20" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AI20" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ20" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AK20" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AL20" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AM20" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AN20" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="AO20" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AP20" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ20" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AR20" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AS20" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AT20" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
     </row>
     <row r="21">
       <c r="A21">
         <v>20</v>
       </c>
       <c r="B21" t="s">
         <v>87</v>
       </c>
       <c r="C21" t="inlineStr" s="4">
         <is>
           <t>5660Про внесення змін до Програми перерахування субвенції з міського бюджету до державного бюджету для покращення матеріально-технічного стану Калуського РВП ГУНП України в</t>
         </is>
       </c>
       <c r="D21" t="s">
         <v>63</v>
       </c>
       <c r="E21" t="s">
         <v>54</v>
       </c>
       <c r="F21">
         <v>22</v>
       </c>
       <c r="G21">
         <v>0</v>
       </c>
       <c r="H21">
         <v>0</v>
       </c>
       <c r="I21" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="J21" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="K21" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L21" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="M21" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="N21" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="O21" t="s" s="5">
         <v>50</v>
       </c>
       <c r="P21" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Q21" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="R21" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="S21" t="s" s="5">
         <v>50</v>
       </c>
       <c r="T21" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="U21" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="V21" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="W21" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X21" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="Y21" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Z21" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AA21" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AB21" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AC21" t="s" s="5">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="AD21" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE21" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AF21" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AG21" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AH21" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AI21" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ21" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AK21" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AL21" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AM21" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AN21" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO21" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AP21" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ21" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AR21" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AS21" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AT21" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
     </row>
     <row r="22">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22" t="s">
         <v>88</v>
       </c>
       <c r="C22" t="inlineStr" s="4">
         <is>
           <t>5661Про внесення змін до Програми фінансової підтримки спорту вищих досягнень та громадських спортивних організацій Калуської міської територіальної громади на 2021 рік</t>
         </is>
       </c>
       <c r="D22" t="s">
         <v>63</v>
       </c>
       <c r="E22" t="s">
         <v>54</v>
       </c>
       <c r="F22">
         <v>22</v>
       </c>
       <c r="G22">
         <v>0</v>
       </c>
       <c r="H22">
         <v>0</v>
       </c>
       <c r="I22" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="J22" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="K22" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L22" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="M22" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="N22" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="O22" t="s" s="5">
         <v>50</v>
       </c>
       <c r="P22" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Q22" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="R22" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="S22" t="s" s="5">
         <v>50</v>
       </c>
       <c r="T22" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="U22" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="V22" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="W22" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X22" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="Y22" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Z22" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AA22" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AB22" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AC22" t="s" s="5">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="AD22" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE22" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AF22" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AG22" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AH22" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AI22" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ22" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AK22" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AL22" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AM22" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AN22" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO22" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AP22" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ22" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AR22" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AS22" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AT22" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
     </row>
     <row r="23">
       <c r="A23">
         <v>22</v>
       </c>
       <c r="B23" t="s">
         <v>89</v>
       </c>
       <c r="C23" t="s" s="4">
         <v>90</v>
       </c>
       <c r="D23" t="s">
         <v>63</v>
       </c>
       <c r="E23" t="s">
         <v>54</v>
       </c>
       <c r="F23">
         <v>21</v>
       </c>
       <c r="G23">
         <v>0</v>
       </c>
       <c r="H23">
         <v>0</v>
       </c>
       <c r="I23" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="J23" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="K23" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L23" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="M23" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="N23" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="O23" t="s" s="5">
         <v>50</v>
       </c>
       <c r="P23" t="s" s="5">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="Q23" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="R23" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="S23" t="s" s="5">
         <v>50</v>
       </c>
       <c r="T23" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="U23" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="V23" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="W23" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X23" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="Y23" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="Z23" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AA23" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AB23" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AC23" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AD23" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE23" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="AF23" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AG23" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AH23" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AI23" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ23" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AK23" t="s" s="5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="AL23" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AM23" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AN23" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO23" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AP23" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ23" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AR23" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AS23" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AT23" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
     </row>
     <row r="24">
       <c r="A24">
         <v>23</v>
       </c>
       <c r="B24" t="s">
         <v>91</v>
       </c>
       <c r="C24" t="inlineStr" s="4">
         <is>
           <t>5663Про проведення інвентаризації земельної ділянки комунальної власності, яка знаходиться в місті Калуш, на перетині вулиць С. Бандери та І. Франка      </t>
         </is>
       </c>
       <c r="D24" t="s">
         <v>63</v>
       </c>
       <c r="E24" t="s">
         <v>54</v>
       </c>
       <c r="F24">
         <v>22</v>
       </c>
       <c r="G24">
         <v>0</v>
       </c>
       <c r="H24">
         <v>0</v>
       </c>
       <c r="I24" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="J24" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="K24" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L24" t="s" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="M24" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="N24" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="O24" t="s" s="5">
         <v>50</v>
       </c>
       <c r="P24" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Q24" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="R24" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="S24" t="s" s="5">
         <v>50</v>
       </c>
       <c r="T24" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="U24" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="V24" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="W24" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X24" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="Y24" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Z24" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AA24" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AB24" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AC24" t="s" s="5">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="AD24" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE24" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AF24" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AG24" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AH24" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AI24" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ24" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AK24" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AL24" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AM24" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AN24" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO24" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AP24" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ24" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AR24" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AS24" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AT24" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
     </row>
     <row r="25">
       <c r="A25">
         <v>24</v>
       </c>
       <c r="B25" t="s">
         <v>92</v>
       </c>
       <c r="C25" t="inlineStr" s="4">
         <is>
           <t>5664Про проведення інвентаризації земельних ділянок вкритих лісовими насадженнями на території міста Калуша</t>
         </is>
       </c>
       <c r="D25" t="s">
         <v>63</v>
       </c>
       <c r="E25" t="s">
         <v>54</v>
       </c>
       <c r="F25">
         <v>22</v>
       </c>
       <c r="G25">
         <v>0</v>
       </c>
       <c r="H25">
         <v>0</v>
       </c>
       <c r="I25" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="J25" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="K25" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L25" t="s" s="5">
         <v>50</v>
       </c>
       <c r="M25" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="N25" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="O25" t="s" s="5">
         <v>50</v>
       </c>
       <c r="P25" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Q25" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="R25" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="S25" t="s" s="5">
         <v>50</v>
       </c>
       <c r="T25" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="U25" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="V25" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="W25" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X25" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="Y25" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Z25" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AA25" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AB25" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AC25" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AD25" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE25" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AF25" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AG25" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AH25" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AI25" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ25" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AK25" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AL25" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AM25" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AN25" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO25" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AP25" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ25" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AR25" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AS25" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AT25" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
     </row>
     <row r="26">
       <c r="A26">
         <v>25</v>
       </c>
       <c r="B26" t="s">
         <v>93</v>
       </c>
       <c r="C26" t="inlineStr" s="4">
         <is>
           <t>5665Про проведення земельних торгів на земельні ділянки, які знаходяться за межами населених пунктів</t>
         </is>
       </c>
       <c r="D26" t="s">
         <v>63</v>
       </c>
       <c r="E26" t="s">
         <v>54</v>
       </c>
       <c r="F26">
         <v>23</v>
       </c>
       <c r="G26">
         <v>0</v>
       </c>
       <c r="H26">
         <v>0</v>
       </c>
       <c r="I26" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="J26" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="K26" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L26" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="M26" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="N26" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="O26" t="s" s="5">
         <v>50</v>
       </c>
       <c r="P26" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Q26" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="R26" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="S26" t="s" s="5">
         <v>50</v>
       </c>
       <c r="T26" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="U26" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="V26" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="W26" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X26" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="Y26" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Z26" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AA26" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AB26" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AC26" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AD26" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE26" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AF26" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AG26" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AH26" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AI26" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ26" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AK26" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AL26" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AM26" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AN26" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO26" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AP26" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ26" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AR26" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AS26" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AT26" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
     </row>
     <row r="27">
       <c r="A27">
         <v>26</v>
       </c>
       <c r="B27" t="s">
         <v>94</v>
       </c>
       <c r="C27" t="inlineStr" s="4">
         <is>
           <t>5666Про вилучення із постійного користування земельних ділянок, зміна виду використання земельної ділянки та надання згоди на об’єднання земельних ділянок комунальної власності     </t>
         </is>
       </c>
       <c r="D27" t="s">
         <v>63</v>
       </c>
       <c r="E27" t="s">
         <v>54</v>
       </c>
       <c r="F27">
         <v>23</v>
       </c>
       <c r="G27">
         <v>0</v>
       </c>
       <c r="H27">
         <v>0</v>
       </c>
       <c r="I27" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="J27" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="K27" t="s" s="5">
         <v>50</v>
       </c>
       <c r="L27" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="M27" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="N27" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="O27" t="s" s="5">
         <v>50</v>
       </c>
       <c r="P27" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Q27" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="R27" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="S27" t="s" s="5">
         <v>50</v>
       </c>
       <c r="T27" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="U27" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="V27" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="W27" t="s" s="5">
         <v>50</v>
       </c>
       <c r="X27" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="Y27" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Z27" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AA27" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AB27" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AC27" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AD27" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE27" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AF27" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AG27" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AH27" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AI27" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AJ27" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AK27" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AL27" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AM27" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AN27" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AO27" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AP27" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AQ27" t="s" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AR27" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AS27" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AT27" t="s" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>SimpleXLSXGen</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:language>en-US</dc:language>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>